--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0ab83ad" w14:textId="0ab83ad">
+    <w:p w14:paraId="d2a15ad" w14:textId="d2a15ad">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Графика представления респондентами первичных статистических данных по общегосударственным и ведомственным статистическим наблюдениям на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан от 12 декабря 2024 года № 209</w:t>
+        <w:t>Приказ Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан от 12 декабря 2024 года № 209.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -654,405 +654,430 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение </w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу Руководителя</w:t>
+              <w:t>Руководителя Бюро</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бюро национальной</w:t>
+              <w:t>национальной статистики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>статистики Агентства по</w:t>
+              <w:t>Агентства по стратегическому</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>стратегическому планированию</w:t>
+              <w:t>планированию и реформам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и реформам</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
-[...12 lines deleted...]
-              <w:t>от 12 декабря 2024 года № 209</w:t>
+              <w:t>от "12" декабря 2024 года № 209</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> График представления респондентами первичных статистических данных по общегосударственным и ведомственным статистическим наблюдениям на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 29.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 191</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Общегосударственные статистические наблюдения, проводимые Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1025"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Круг респондентов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование статистической формы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индекс статистической формы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Периодичность представления респондентами первичных статистических данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1114,87 +1139,89 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1228,267 +1255,269 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1523,273 +1552,273 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Статистика предприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица, занимающиеся предпринимательской деятельностью с численностью работников не более 100 человек, за исключением, представивших статистическую форму "Отчет о деятельности малого предприятия" (индекс 2-МП) в 1-3 квартале текущего года, а также зарегистрированных в отчетном периоде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о видах экономической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-СР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 один раз в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1824,1161 +1853,1166 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Статистика сельского, лесного, охотничьего и рыбного хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют: все юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видами деятельности по кодам Общего классификатора видов экономической деятельности (далее – ОКЭД) 01.4 – "Животноводство" и 01.5 – "Смешанное сельское хозяйство"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о состоянии животноводства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24-сх</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 2 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют: все юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видами деятельности по кодам ОКЭД 01.4 –"Животноводство" и 01.5 – "Смешанное сельское хозяйство"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о состоянии животноводства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24-сх</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 20 января (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют хозяйствующие субъекты, занимающиеся выращиванием, переработкой, торговлей, хранением и использованием зерновых и бобовых культур: юридические лица и (или) их структурные и обособленные подразделения; индивидуальные предприниматели, крестьянские или фермерские хозяйства (с посевной площадью зерновых и бобовых культур свыше 10 гектар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О наличии зерна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-сх (зерно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 3 числа (включительно) после отчетного периода, кроме 3 января</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения, крестьянские или фермерские хозяйства, индивидуальные предприниматели, занимающиеся выращиванием, переработкой, торговлей, хранением и использованием зерновых и бобовых культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О наличии и движении зерна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-сх (зерно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 10 января (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видами деятельности, индивидуальные предприниматели по коду ОКЭД 01.7 – "Охота и отлов, включая предоставление услуг в этих областях" и физические лица, зарегистрированные в установленном порядке и получившие разрешение на пользование животным миром</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О деятельности по охоте и отлову, включая предоставление услуг в этих областях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-охота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3012,676 +3046,679 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют попавшие в выборку индивидуальные предприниматели, крестьянские или фермерские хозяйства, хозяйства населения, имеющие скот и птицу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Производство продукции животноводства у индивидуальных предпринимателей, крестьянских или фермерских хозяйств и хозяйств населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А-008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 период с 11 по 25 марта, с 11 по 25 июня, с 11 по 25 сентября, с 11 по 25 декабря</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели с основным или вторичным видом деятельности по коду ОКЭД 03 "Рыболовство и рыбоводство" и физические лица, имеющие разрешение на пользование животным миром и (или) договор на ведение рыбного хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О рыболовстве и аквакультуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-рыба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 25 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения с основным и вторичным видами деятельности по кодам ОКЭД 02 – "Лесоводство и лесозаготовки", 01.3 – "Воспроизводство растений" и индивидуальные предприниматели при наличии лесорубочного билета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о деятельности в лесоводстве и лесозаготовках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-лес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3715,953 +3752,992 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют: все юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видами экономической деятельности по кодам ОКЭД 01.1, 01.2, 01.3, 01.4, 01.5; попавшие в выборку индивидуальные предприниматели, включая крестьянские или фермерские хозяйства, с основным или вторичным видами экономической деятельности по кодам ОКЭД 01.1, 01.2, 01.3, 01.4, 01.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о деятельности сельхозформирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-сх</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 10 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения с основным и вторичным видами деятельности по кодам ОКЭД 01.1 "Выращивание одно или двухлетних культур", 01.2 "Выращивание многолетних культур", 01.3 "Воспроизводство растений" и 01.5 "Смешанное сельское хозяйство"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет об итогах сева под урожай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-сх</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 один раз в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 15 июня (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видами экономической деятельности по кодам ОКЭД 01.1, 01.2, 01.3, 01.5; попавшие в выборку индивидуальные предприниматели, включая крестьянские или фермерские хозяйства, с основным или вторичным видами экономической деятельности по кодам ОКЭД 01.1, 01.2, 01.3, 01.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О сборе урожая сельскохозяйственных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29-сх</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 один раз в год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 2 ноября (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-до 2 ноября (включительно) отчетного периода</w:t>
+до 20 ноября (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z18" w:id="11"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В наблюдении принимают участие попавшие в выборку хозяйства населения,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 имеющие посевные площади, сенокосы и пастбища, многолетние насаждения и теплицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О сборе урожая сельскохозяйственных культур в хозяйствах населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А-005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 один раз в три года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 2 ноября (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4695,267 +4771,269 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видами деятельности по кодам ОКЭД 01.1 Выращивание одно- или двухлетних культур, 01.2 Выращивание многолетних культур, 01.3 Воспроизводство растений, 01.4 Животноводство, 01.5 Смешанное сельское хозяйство, 01.6 Деятельность, способствующая выращиванию сельскохозяйственных культур и разведению животных и деятельность по обработке урожая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в сельскохозяйственных предприятиях построек и сооружений сельскохозяйственного назначения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49-сх</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+один раз в три года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 10 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4989,953 +5067,956 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения, крестьянские или фермерские хозяйства, индивидуальные предприниматели, занимающиеся выращиванием, переработкой, торговлей и хранением семян масличных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О наличии и движении семян масличных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-сх (масличные)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 3 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют сельскохозяйственные кооперативы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О деятельности сельскохозяйственного кооператива</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-СПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 28 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения, крестьянские или фермерские хозяйства, индивидуальные предприниматели, занимающиеся выращиванием сельскохозяйственных культур в защищенном грунте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О сборе урожая сельскохозяйственных культур в защищенном грунте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-теплица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 15 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z19" w:id="12"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения с основным и вторичным видом деятельности по коду Общего классификатора видов экономической</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 деятельности – 01.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Об оказании сельскохозяйственных услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8-сх</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 один раз в три года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5970,974 +6051,1050 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 20 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Статистика промышленного производства и окружающей среды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности "Промышленность" (согласно кодам ОКЭД 05-33, 35-39): со списочной численностью работающих свыше 100 человек; со списочной численностью работающих до 100 человек с годовым объемом производства свыше 1000 миллион тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет предприятия о производстве и отгрузке продукции (товаров, услуг)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-П</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 1 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения: с основным видом деятельности "Промышленность" (согласно кодам ОКЭД 05-33, 35-39) со списочной численностью работающих до 100 человек (за исключением предприятий с годовым объемом производства свыше 1000 миллион тенге); с вторичным видом деятельности "Промышленность" независимо от численности работающих</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет предприятия о производстве продукции (товаров, услуг)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-П</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 25 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения, независимо от численности работников, с основным и (или) вторичным видом деятельности "Промышленность" (согласно кодам ОКЭД 05-33, 35-39)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет предприятия о производстве и отгрузке продукции (товаров, услуг)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-П</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 14 марта (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и (или) их структурные и обособленные подразделения с основным и вторичным видом деятельности "Промышленность" (согласно кодам ОКЭД 05-33, 35-39), независимо от численности работающих</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланс производственных мощностей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 25 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6971,13826 +7128,13908 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, независимо от численности работников, с основным и (или) вторичным видом деятельности "Промышленность" (согласно кодам ОКЭД 05-33, 35-39)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о производстве, отгрузке продукции (товаров, услуг) и балансе производственных мощностей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-П</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-до 1 февраля (включительно) после отчетного периода</w:t>
+до 14 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют индивидуальные предприниматели с основным и (или) вторичным видом деятельности согласно кодам Общего классификатора видов экономической деятельности 05-33, 35-39 и крестьянские или фермерские хозяйства независимо от вида деятельности, занимающиеся производством промышленной продукции по списку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о производстве промышленной продукции (товаров, услуг) индивидуальным предпринимателем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-ИП (пром)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-до 1 февраля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 20 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют все юридические лица и (или) их структурные и обособленные подразделения и индивидуальные предприниматели с основным и (или) вторичным видами деятельности "Сбор неопасных отходов" согласно коду ОКЭД – 38110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о сборе и вывозе коммунальных отходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-отходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 10 апреля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 1 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют все юридические лица и (или) их структурные и обособленные подразделения и индивидуальные предприниматели с основным и (или) вторичным видами деятельности "Сбор, обработка и удаление отходов; утилизация (восстановление) материалов" согласно коду ОКЭД 38 (кроме 38.12.0 "Сбор опасных отходов" и 38.22.0 "Обработка и удаление опасных отходов")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о переработке, сортировке, утилизации и захоронении отходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-отходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 15 апреля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 1 февраля (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели, имеющие стационарные источники загрязнения воздуха, с объемами загрязняющих веществ, разрешенных или декларируемых к выбросу в атмосферный воздух более 0,999 тонн в год и (или) от 0,500 до 0,999 тонн включительно при наличии в составе выбросов загрязняющих веществ 1 и (или) 2 класса опасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об охране атмосферного воздуха</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-ТП (воздух)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 22 февраля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 10 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, использующие природные ресурсы, имеющие стационарные источники выбросов и сбросов загрязняющих веществ, отходы производства, потребления и осуществляющие природоохранную деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о затратах на охрану окружающей среды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-ОС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика энергетики</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют все юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели с основным или вторичным видами деятельности "Забор, обработка и распределение воды", "Сбор и обработка сточных вод" согласно кодам ОКЭД – 36, 37 (кроме 37.00.2 "Ассенизаторская деятельность") и "Деятельность местных органов управления", "Деятельность сельских и поселковых органов управления" - согласно кодам ОКЭД 84113 и 84114, имеющие на балансе сооружения и сети систем водоснабжения и водоотведения не переданные в доверительное управление хозяйствующим субъектам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о работе предприятий, осуществляющих эксплуатацию систем водоснабжения и (или) водоотведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ВК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 26 февраля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 22 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 26 февраля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика энергетики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их филиалы и представительства, осуществляющие добычу, транспортировку газа с основным или вторичным видами деятельности согласно кодам ОКЭД – 06.10, 06.20, 19.20.1, 35.2, 46.71.1, 46.71.2, 49.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о деятельности газовых предприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ГАЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 26 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их филиалы и представительства, осуществляющие, добычу сырой нефти и попутного газа, их переработку, и оптовую торговлю импортированными нефтепродуктами и произведенными на давальческом сырье с основным или вторичным видами деятельности согласно кодам ОКЭД – 06.10, 19.20.1, 46.71.1, 46.71.5, 46.71.6, 46.71.7, 46.71.8,46.71.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о деятельности предприятий нефтедобывающих, нефтеперерабатывающих и торгующих нефтепродуктами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-НЕФТЬ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 18 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 26 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их филиалы и представительства, осуществляющие, добычу угля и лигнита, производство продукции коксовых печей, производство чугуна, стали и ферросплавов с основным или вторичным видами деятельности согласно кодам ОКЭД – 05, 19.1, 24.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о деятельности угольных предприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-УГОЛЬ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 18 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 26 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, с основным или вторичным видами деятельности "Снабжение паром, горячей водой и кондиционированным воздухом" согласно кодам ОКЭД – 35.30.2, 35.30.3, 35.30.5, 35.30.7, 35.30.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о работе тепловых электростанций и котельных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6-ТП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 25 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 18 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их филиалы и представительства, осуществляющие производство, передачу, распределение, продажу электроэнергии с основным или вторичным видами деятельности согласно коду ОКЭД – 35.1 и осуществляющие производство электроэнергии для собственных нужд – по списку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о выработке, передаче, распределении и продаже электрической энергии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЭЛЕКТРОЭНЕРГИЯ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика инвестиций и строительства</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 18 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-месячная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения являющиеся поставщиками и потребителями топлива и энергии с основным и вторичным видами экономической деятельности согласно кодам ОКЭД 01-03, 07-15, 17-33, 36-47, 55-99 с численностью свыше 100 человек, с видами деятельности 02, 16, 20.14, 49-51, 52.22, 52.23 независимо от численности – сплошным методом, с численностью до 100 человек − выборочным методом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конечное потребление энергии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-КПЭ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 2 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 15 апреля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика инвестиций и строительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, осуществляющие вложение в основной капитал, независимо от численности работающих и вида экономической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об инвестициях в основной капитал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-инвест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 2 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, осуществляющие вложение в основной капитал, независимо от численности работающих и вида экономической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об инвестициях в основной капитал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-инвест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 1 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют структурные подразделения местных исполнительных органов, осуществляющие функции в сфере архитектуры и градостроительства, а также крестьянские или фермерские хозяйства по вводимым в эксплуатацию объектам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о вводе в эксплуатацию объектов индивидуальными застройщиками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ИС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 2 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляет структурное подразделение местных исполнительных органов, осуществляющее функции в сфере архитектуры и градостроительства, а также крестьянские или фермерские хозяйства по вводимым в эксплуатацию объектам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о вводе в эксплуатацию объектов индивидуальными застройщиками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ИС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 1 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, осуществляющие в отчетном периоде ввод объектов в эксплуатацию независимо от численности работающих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о вводе в эксплуатацию объектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-КС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 4 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 2 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-квартальная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и их структурные и обособленные подразделения, осуществляющие в отчетном периоде ввод объектов в эксплуатацию независимо от численности работающих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о вводе в эксплуатацию объектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-КС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 4 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 1 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с основным и вторичным видами деятельности "Строительство" согласно кодам ОКЭД 41-43 с численностью работающих более 100 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о выполненных строительных работах (услугах)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-КС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...29 lines deleted...]
-годовая</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 31 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 4 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с основным и вторичным видами деятельности "Строительство" согласно кодам ОКЭД 41-43 с численностью работающих до 100 человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о выполненных строительных работах (услугах)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-КС (малые)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 2 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 4 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, с основным и вторичным видами деятельности "Строительство" согласно кодам ОКЭД 41-43 независимо от численности работающих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о выполненных строительных работах (услугах)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-КС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика внутренней торговли</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 31 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-месячная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют крестьянские, фермерские хозяйства в форме индивидуального предпринимательства и индивидуального предпринимательства в форме совместного предпринимательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об инвестициях в основной капитал крестьянских или фермерских хозяйств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-КФХ инвест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...66 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 2 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...66 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика внутренней торговли</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-годовая</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с численностью работников свыше 100 человек, а также попавшие в выборку юридические лица с численностью работников до 100 человек, основной вид экономической деятельности которых относится к кодам ОКЭД: 45 – оптовая и розничная торговля автомобилями и мотоциклами и их ремонт; 46 (кроме кода 46.1) – оптовая торговля, за исключением торговли автомобилями и мотоциклами; 47 – розничная торговля, кроме торговли автомобилями и мотоциклами; 56 - предоставление услуг по обеспечению питанием и напитками и юридические лица по списку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о реализации товаров и услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-торговля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 10 февраля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3 числа (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица, созданные в организационно-правовой форме акционерного общества, осуществляющие организационное и техническое обеспечение торгов путем их непосредственного проведения с использованием торговой системы товарной биржи с основным видом экономической деятельности (согласно коду ОКЭД 66.11.1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о деятельности товарной биржи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-биржа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 25 февраля (включительно) после отчетного периода  </w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 20 января (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения и индивидуальные предприниматели, являющиеся собственниками (владельцами) торговых рынков с основным (и) или вторичным видом деятельности (согласно коду ОКЭД 68.20.3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о торговых рынках</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12-торговля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 15 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 10 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, осуществляющие реализацию товаров и услуг через Интернет-ресурс с основным видом экономической деятельности согласно кодам Общего классификатора видов экономической деятельности (далее – ОКЭД) 45.11, 45.3, 46.21, 46.3, 46.4, 46.5, 46.6, 47.19, 47.4, 47.5, 47.6, 47.7, 49.1, 49.2, 49.3, 49.4, 51.1, 52.2, 53.1, 53.2, 55.1, 55.2, 55.9, 56.1, 56.21, 62.01, 62.09, 63.11, 63.12, 63.9, 64.99.9, 65.1, 65.2, 66.11, 66.19, 66.2, 73.12, 73.2, 77.1, 79.1, 79.9, 85.31, 85.5, 86.10.3, 92.0, 93.13, 94.12 с численностью до 100 человек - выборочным методом, с численностью свыше 100 человек – сплошным методом, ОКЭД 47.91.0 независимо от численности - сплошным методом, а также держатели платформ (маркетплейс) и индивидуальные предприниматели осуществляющие электронную коммерцию– по списку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об электронной коммерции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Э-коммерция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика внешней и взаимной торговли, товарных рынков</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 февраля (включительно) после отчетного периода  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...245 lines deleted...]
-Х</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с численностью работников свыше 100 человек, а также попавшие в выборку юридические лица с численностью работников до 100 человек, юридические лица по списку и индивидуальные предприниматели, с основным видом экономической деятельности согласно кодам ОКЭД: 45-оптовая и розничная торговля автомобилями и мотоциклами и их ремонт; 46-оптовая торговля, за исключением торговли автомобилями и мотоциклами; 47-розничная торговля, кроме торговли автомобилями и мотоциклами; 56-предоставление услуг по обеспечению питанием и напитками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о реализации товаров и услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ВТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика транспорта</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика внешней и взаимной торговли, товарных рынков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели, а также физические лица, осуществляющие экспорт и (или) импорт с государствами-членами Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о взаимной торговле товарами c государствами-членами Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ТС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 2 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 20 числа (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 10 апреля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика транспорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-годовая</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с основным и вторичным видом экономической деятельности (согласно коду ОКЭД) 49-51, осуществляющие перевозки грузов и пассажиров на коммерческой основе, а также индивидуальные предприниматели, осуществляющие перевозки грузов и пассажиров на водном транспорте и перевозки пассажиров на городском рельсовом транспорте на коммерческой основе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о работе транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 15 апреля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 2 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные подразделения, независимо от численности работников, с основным и вторичным видом деятельности – складирование грузов и вспомогательная транспортная деятельность (согласно коду ОКЭД 52)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об услугах предприятий вспомогательной транспортной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-ТР (вспомогательная деятельность)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика услуг</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 10 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-квартальная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с основным и вторичным видом экономической деятельности (согласно коду ОКЭД) 49-51, осуществляющие перевозки грузов и пассажиров на коммерческой основе и юридические лица с основным видом экономической деятельности ОКЭД 52.23.2, а также индивидуальные предприниматели, осуществляющие перевозки грузов и пассажиров на водном транспорте и перевозки пассажиров на городском рельсовом транспорте на коммерческой основе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о работе транспорта по видам сообщений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...66 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 30 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-годовая</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с численностью работников свыше 100 человек, а также попавшие в выборку юридические лица с численностью работников до 100 человек, основной вид экономической деятельности которых относится к кодам ОКЭД 58-60, 62, 63, 64.20.0, 68-75, 77, 78, 80-82, 90-93, 95, 96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об объеме оказанных услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 30 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 числа (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с численностью работников свыше 100 человек, а также попавшие в выборку юридические лица с численностью работников до 100 человек и индивидуальные предприниматели с основным видом деятельности в сфере услуг, согласно кодам ОКЭД 58-60, 62, 63, 64.20.0, 68-75, 77, 78, 80-82; 90-93; 95, 96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об объеме оказанных услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 30 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, независимо от численности, а также попавшие в выборку индивидуальные предприниматели с основным и вторичным видом деятельности в сфере IT услуг, согласно кодам ОКЭД 58.2; 62; 63.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об объеме оказанных IT услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-услуги (IT)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика культуры</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 30 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, независимо от численности, с основным видом деятельности в области лизинга, согласно кодам ОКЭД 64.91.1, 64.91.2, 77.11.2, 77.12.2, 77.31.2, 77.32.2, 77.33.2, 77.33.9, 77.34.2, 77.35.2, 77.39.2, 77.40.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о лизинговой деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-лизинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 30 января (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 30 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...250 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели с основным и вторичным видом деятельности согласно кодам ОКЭД – 90.01.1, 93.29.3, 90.01.2, 90.01.3, 91.01.2, 91.02.0, 91.04.1, 93.21.0, 93.29.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о деятельности учреждений культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика туризма</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 30 января (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-квартальная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели с основным или вторичным видом деятельности согласно коду ОКЭД – код 59.11.0 "Деятельность по производству кино-, видеофильмов и телевизионных программ", 59.13.0 "Деятельность по распространению кино-, видеофильмов и телевизионных программ" и 59.14.0 "Деятельность по показу кинофильмов"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о деятельности кинематографической организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-кино</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 25 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 23 января (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 30 января (включительно)</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика туризма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-два раза в год</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели, осуществляющие услуги по организации проживания, имеющие основной и вторичный виды экономической деятельности согласно коду ОКЭД – 55 "Предоставление услуг по временному проживанию"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о деятельности мест размещения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-туризм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 30 января (включительно) и до 30 июля (включительно)</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В наблюдении принимают участие домашние хозяйства, попавшие в выборку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анкета обследования домашних хозяйств о расходах на поездки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н-050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика науки и инноваций</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 30 января (включительно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-годовая</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опрашиваются посетители (нерезиденты) в аэропортах, на железнодорожных вокзалах, на автостанциях и на автомобильных пунктах пропуска на момент выезда из Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анкета обследования посетителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н-060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+два раза в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 25 февраля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 30 января (включительно) и до 30 июля (включительно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 25 января (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика науки и инноваций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с численностью свыше 100 человек – сплошным методом, численностью до 100 человек − выборочным методом с основным видом экономической деятельности согласно кодам ОКЭД 01-03, 05-09, 10-33, 35, 36-39, 41-43, 45-47, 49-53, 58-63, 64-66, 71-74, 85.4, 86 и организаций, независимо от вида экономической деятельности, осуществлявшие инновационную деятельность по списку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об инновационной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-инновация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика информационно-коммуникационных технологий и связи</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-месячная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с основным и вторичным видами экономической деятельности согласно кодам ОКЭД 72, 85.4 и организации, независимо от вида экономической деятельности, осуществлявшие научно-исследовательские и опытно-конструкторские работы по списку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о научно-исследовательских и опытно-конструкторских работах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-наука</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 2 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 января (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 19 января (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика информационно-коммуникационных технологий и связи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-годовая</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляется юридическими лицами и (или)их структурными и обособленными подразделениями независимо от численности, имеющими основной и вторичный виды экономической деятельности согласно кодам Общего классификатора видов экономической деятельности 53 – почтовая и курьерская деятельность, 61 – телекоммуникации, а также индивидуальными предпринимателями по списку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о почтовой и курьерской деятельности и услугах связи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-связь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 30 января (включительно)</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 2 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с основными видами экономической деятельности согласно кодам Общего классификатора видов экономической деятельности (далее – ОКЭД) 01-03, 05-09, 10-33, 35, 36-39, 41-43, 45-47, 49-53, 55-56, 58-63, 64.19, 64.92, 65, 68-74, 77-82, 86, 93, 95.1 с численностью свыше 100 человек - сплошным методом, с численностью до 100 человек – выборочным методом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об использовании информационно-коммуникационных технологий на предприятиях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-информ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 25 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 10 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В наблюдении принимают участие домашние хозяйства, попавшие в выборку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анкета обследования домашнего хозяйства об использовании информационно-коммуникационных технологий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н-020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 31 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 30 января (включительно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляется юридическими лицами и (или) их структурными подразделениями, независимо от численности, имеющими основной и вторичный виды экономической деятельности согласно коду ОКЭД 53 – почтовая и курьерская деятельность, а также индивидуальными предпринимателями по списку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об услугах почтовой и курьерской деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-связь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика труда и занятости</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-квартальная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляется юридическими лицами и (или) их структурными и обособленными подразделениями, имеющими основной или вторичный виды экономической деятельности согласно коду Общего классификатора видов экономической деятельности 61 – телекоммуникации, а также индивидуальными предпринимателями по списку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об услугах связи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-связь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 10 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 31 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 12 февраля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика труда и занятости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-один раз в год</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения всех видов экономической деятельности, с численностью работников свыше 100 человек, а также с численностью до 100 человек, кроме отчитывающихся по статистической форме "О деятельности малого предприятия" (индекс 2-МП, периодичность квартальная)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет по труду</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 10 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-до 31 мая (включительно) отчетного периода</w:t>
+до 12 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения всех видов экономической деятельности, с численностью работников свыше 100 человек, а также с численностью до 100 человек, кроме отчитывающихся по статистической форме "О деятельности малого предприятия" (индекс 2-МП, периодичность годовая)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет по труду</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 31 января (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 12 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...209 lines deleted...]
-19 января, 16 февраля, 16 марта, 20 апреля, 18 мая, 15 июня, 20 июля, 17 августа, 21 сентября, 19 октября, 16 ноября, 21 декабря</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с численностью работников свыше 250 человек, а также попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с численностью работников до 250 человек, кроме отчитывающихся по статистической форме "О деятельности малого предприятия" (индекс 2-МП, периодичность годовая)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о структуре и распределении заработной платы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-Т (оплата труда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+один раз в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-18 января, 15 февраля, 15 марта, 19 апреля, 17 мая, 21 июня, 19 июля, 16 августа, 20 сентября, 18 октября, 15 ноября, 20 декабря</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 31 мая (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...209 lines deleted...]
-20 июля, 17 августа, 21 сентября</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют все юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности в сфере сельского, лесного и рыбного хозяйства, промышленности, строительства, транспорта и складирования, предоставления услуг по проживанию и питанию, информации и связи, профессиональной, научной и технической деятельности, здравоохранения и социального обслуживания населения, за исключением отчитывающихся по статистической форме "О деятельности малого предприятия" (индекс 2-МП, периодичность годовая)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о численности работников, занятых во вредных и других неблагоприятных условиях труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Т (Условия труда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-19 июля, 16 августа, 20 сентября</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 31 января (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опрашиваются члены домашних хозяйств в возрасте 15 лет и старше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анкета выборочного обследования занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т-001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+месячная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика цен</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 января, 17 февраля, 17 марта, 21 апреля, 19 мая, 16 июня, 21 июля, 18 августа, 15 сентября, 20 октября, 17 ноября, 15 декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 января, 16 февраля, 16 марта, 20 апреля, 18 мая, 15 июня, 20 июля, 17 августа, 21 сентября, 19 октября, 16 ноября, 21 декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 января, 15 февраля, 15 марта, 19 апреля, 17 мая, 21 июня, 19 июля, 16 августа, 20 сентября, 18 октября, 15 ноября, 20 декабря</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-месячная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опрашиваются члены домашних хозяйств в возрасте 15 лет и старше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достойный труд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т-004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+три раза в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 17 числа (включительно) отчетного периода</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 июля, 18 августа, 15 сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 июля, 17 августа, 21 сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 июля, 16 августа, 20 сентября</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 15 числа (включительно) отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика цен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-квартальная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным и (или) вторичным видами деятельности согласно кодам ОКЭД: 05-39, 46, 70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о ценах на произведенную промышленную продукцию (товары, услуги) и ценах приобретения продукции производственно-технического назначения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 23 числа (включительно) последнего месяца отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 17 числа (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения, осуществляющие экспорт и (или) импорт товаров, продукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о ценах экспортных поставок и импортных поступлений товаров, продукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Ц (экспорт, импорт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...66 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 числа (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видами деятельности согласно коду ОКЭД: 02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о ценах на древесину необработанную и связанные с ней услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦП (лес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 3 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 23 числа (включительно) последнего месяца отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видами деятельности согласно кодам ОКЭД: 45, 46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о ценах оптовых продаж (поставок) товаров, продукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Ц (опт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20813,1124 +21052,1057 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-до 21 числа (включительно) отчетного периода</w:t>
+до 22 числа (включительно) отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...209 lines deleted...]
-Х</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели с основным или вторичным видом деятельности согласно коду ОКЭД 68.20 – Аренда и управление собственной или арендуемой недвижимостью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о ценах на аренду коммерческой недвижимости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Ц (аренда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности согласно коду ОКЭД: 61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на услуги связи для юридических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (связь)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 21 числа (включительно) отчетного периода</w:t>
-            </w:r>
-[...71 lines deleted...]
-Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения, с основным видом деятельности согласно коду ОКЭД 53.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на почтовые услуги для юридических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (почта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 21 числа (включительно) отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-до 21 числа (включительно) отчетного периода</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения, с основным видом деятельности согласно коду ОКЭД: 53.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на курьерские услуги для юридических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (курьер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 21 числа (включительно) отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21964,561 +22136,528 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения, с основным видом деятельности согласно коду ОКЭД: 53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на почтовые и курьерские услуги для юридических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (почта, курьер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 21 числа (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности согласно коду ОКЭД: 51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на перевозку грузов предприятиями воздушного транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (воздушный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 числа (включительно) отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22552,267 +22691,269 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности согласно коду ОКЭД: 49.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на перевозку грузов предприятиями железнодорожного транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (железнодорожный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 17 числа (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22846,267 +22987,269 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности согласно коду ОКЭД: 49.41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на перевозку грузов предприятиями автомобильного транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (автомобильный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 16 числа (включительно) отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23140,267 +23283,269 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности согласно коду ОКЭД: 49.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на транспортировку грузов предприятиями трубопроводного транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (трубопроводный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 17 числа (включительно) отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23434,13821 +23579,15467 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности согласно коду ОКЭД: 50.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на перевозку грузов предприятиями внутреннего водного транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (внутренний водный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 числа (включительно) отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-до 15 числа (включительно) отчетного периода</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности согласно коду ОКЭД: 50.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на перевозку грузов предприятиями морского транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (морской)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 20 числа (включительно) отчетного периода</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 числа (включительно) отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности согласно коду ОКЭД: 49.41, 49.20, 49.50, 50.20, 50.40, 51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о тарифах на перевозку грузов всеми видами транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (грузы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-до 16 числа (включительно) отчетного периода</w:t>
+до 17 числа (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-квартальная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видом деятельности согласно коду ОКЭД: 41-43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о ценах на приобретенные строительные материалы, детали и конструкции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦСМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 25 числа (включительно) последнего месяца отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 20 числа (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 94.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-квартальная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения, крестьянские или фермерские хозяйства с основным или вторичным видом деятельности согласно коду ОКЭД: 01 – "Растениеводство и животноводство, охота и предоставление услуг в этих областях"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о ценах производителей на продукцию сельского хозяйства и приобретенные услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦСХ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 5 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 16 числа (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели с основным или вторичным видом деятельности согласно коду ОКЭД: 03 – Рыболовство и рыбоводство, а также физические лица при наличии разрешения на пользование животным миром и ведение рыбного хозяйства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о ценах на продукцию рыболовства и рыбоводства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦП (рыба)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Структурная статистика</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 числа (включительно) последнего месяца отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-годовая</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основным или вторичным видами деятельности согласно кодам ОКЭД: 52, 62, 63, 69-71, 73, 74, 77, 80-82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о ценах производителей на услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Ц (услуги)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 5 апреля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 5 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...65 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Структурная статистика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 97.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица, осуществляющие предпринимательскую деятельность и филиалы иностранных юридических лиц, со списочной численностью работающих более 100 человек. Не представляют статистическую форму организации образования, здравоохранения, банки, страховые организации, единый накопительный пенсионный фонд, общественные фонды, общественные объединения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о финансово-хозяйственной деятельности предприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ПФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 31 марта (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 5 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица, осуществляющие предпринимательскую деятельность и филиалы иностранных юридических лиц, со списочной численностью работающих более 100 человек. Не представляют статистическую форму организации образования, здравоохранения, банки, страховые организации, единый накопительный пенсионный фонд, общественные фонды, общественные объединения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о финансово-хозяйственной деятельности предприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ПФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 25 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) филиалы иностранных юридических лиц, осуществляющие предпринимательскую деятельность, со списочной численностью работников не более 100 человек. Не представляют статистическую форму организации образования, здравоохранения, банки, страховые организации, единый накопительный пенсионный фонд, общественные объединения, общественные фонды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о деятельности малого предприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-МП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 15 апреля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 31 марта (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) филиалы иностранных юридических лиц, осуществляющие предпринимательскую деятельность, со списочной численностью работников не более 100 человек. Не представляют статистическую форму организации образования, здравоохранения, банки, страховые организации, единый накопительный пенсионный фонд, общественные объединения, общественные фонды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о деятельности малого предприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-МП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика образования, здравохранения и социального обеспечения</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 числа (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-один раз в год</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица, занимающиеся предпринимательской деятельностью, со списочной численностью работников свыше 100 человек и (или) их филиалы и представительства независимо от численности работников. Кроме этого, представляют государственные (бюджетные) учреждения, организации здравоохранения и образования, банки, страховые компании, предприятия, осуществляющие деятельность в области права, единый накопительный пенсионный фонд, общественные фонды, общественные объединения – независимо от численности работников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о состоянии основных фондов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 10 октября (включительно) отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 10 октября (включительно) отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика образования, здравохранения и социального обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-годовая</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, осуществляющие образовательные программы в области высшего и послевузовского образования, независимо от форм собственности и ведомственной принадлежности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет организаций высшего и послевузовского образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ОВПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+один раз в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 1 апреля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 10 октября (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-квартальная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их филиалы и представительства, осуществляющие подготовку специалистов в области технического и профессионального, послесреднего образования, независимо от форм собственности и ведомственной принадлежности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о техническом и профессиональном, послесреднем образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-НК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+один раз в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...65 lines deleted...]
-Х</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 10 октября (включительно) отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения с основным видом деятельности: "Образование" и "Здравоохранение и социальное обслуживание населения" согласно коду ОКЭД – 85, 86, 87, 88, независимо от формы собственности и численности работающих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об основных показателях финансово-хозяйственной деятельности организаций образования, здравоохранения и социального обслуживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соцфин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 25 февраля (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 1 апреля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-годовая</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели с основным видом деятельности: "Образование" и "Здравоохранение и социальное обслуживание населения" согласно коду ОКЭД – 85, 86, 87, 88. Индивидуальные предприниматели объемы оказанных услуг за год заполняют только в четвертом квартале</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об объеме оказанных услуг организациями и индивидуальными предпринимателями в сферах образования, здравоохранения и социального обслуживания населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 20 января (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 15 числа (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, на которых был зарегистрирован несчастный случай в соответствии с порядком, установленным законодательством</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о травматизме, связанном с трудовой деятельностью, и профессиональных заболеваниях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7-ТПЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика правонарушений</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 25 февраля (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-два раза в год</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица и (или) их структурные и обособленные подразделения, деятельность которых направлена на оказание специальных социальных услуг в области социальной защиты населения (коды 87, 88 ОКЭД), независимо от форм собственности и ведомственной принадлежности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет организации по предоставлению специальных социальных услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-социальное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-15 мая (включительно) и 15 ноября (включительно)</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 20 января (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="12"/>
-[...29 lines deleted...]
-Статистика уровня жизни</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика правонарушений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...173 lines deleted...]
-один раз в год</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В опросе принимают участие члены домашних хозяйств в возрасте 15-80 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень доверия населения к правоохранительным органам и судебной системе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+УДН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+два раза в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-11 марта</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 мая (включительно) и 15 ноября (включительно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...178 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 10 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистика уровня жизни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...137 lines deleted...]
-квартальная</w:t>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В опросе принимает участие один член домашнего хозяйства в возрасте 15 лет и старше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Качество жизни населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+один раз в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-до 20 числа (включительно) после отчетного периода</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 марта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Домашние хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дневник учета ежедневных расходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 10 числа (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Домашние хозяйства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Журнал учета ежеквартальных расходов и доходов домашних хозяйств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 20 числа (включительно) после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Домашние хозяйства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Карточка домашнего хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая (с ежеквартальным уточнением)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 1 февраля (включительно) отчетного периода (до 20 числа (включительно) после отчетного периода)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ведомственные статистические наблюдения, проводимые государственными органами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Круг респондентов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование статистической формы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индекс статистической формы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Периодичность представления респондентами первичных статистических данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата представления респондентами первичных статистических данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют отделы сельского хозяйства и земельных отношений районов (городов областного значения), Управления сельского хозяйства и земельных отношений областей (городов республиканского значения, столицы) Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о наличии земель и распределении их по категориям, собственникам земельных участков, землепользователям и угодьям на 1 ноября _________ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не позднее 20 ноября отчетного года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют отделы земельных отношений районов (городов областного значения), Управления земельных отношений областей (городов республиканского значения, столицы) Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о наличии орошаемых земель и распределении их по категориям, собственникам земельных участков, землепользователям и угодьям на 1 ноября _________ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22-А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не позднее 20 ноября отчетного года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министерство труда и социальной защиты населения Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют карьерные центры, центры трудовой мобильности, местные исполнительные органы по вопросам социальной защиты и занятости населения областей, городов республиканского значения, столицы и АО "Центр развития трудовых ресурсов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о численности граждан, обратившихся за трудовым посредничеством за _______ (месяц) 202__ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-Т (трудоустройство)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-карьерные центры – 2-го числа после отчетного месяца; центры трудовой мобильности – 4-го числа после отчетного месяца; местные исполнительные органы по вопросам социальной защиты и занятости населения областей, городов республиканского значения, столицы – 6-го числа после отчетного месяца; АО "ЦРТР" в МТСЗН – 8-го числа после отчетного месяца</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+карьерные центры – 2-го числа после отчетного месяца;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+центры трудовой мобильности – 4-го числа после отчетного месяца;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+местные исполнительные органы по вопросам социальной защиты и занятости населения областей, городов республиканского значения, столицы – 6-го числа после отчетного месяца;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "ЦРТР" в МТСЗН – 8-го числа после отчетного месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица и их филиалы и представительства по месту нахождения; местные исполнительные органы по вопросам социальной защиты и занятости населения районов, городов; местные исполнительные органы по вопросам социальной защиты и занятости населения областей, городов республиканского значения, столицы и АО "Центр развития трудовых ресурсов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о скрытой безработице (о сокращенных и частично занятых работниках, задолженности по заработной плате)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-ТН (скрытая безработица)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-юридические лица и их филиалы и представительства по месту своего нахождения 3-го числа после отчетного месяца; местные исполнительные органы по вопросам социальной защиты и занятости населения районов, городов – 5-го числа после отчетного месяца; местные исполнительные органы по вопросам социальной защиты и занятости населения областей, городов республиканского значения, столицы – 7-го числа после отчетного месяца; АО "ЦРТР" в МТСЗН – 10-го числа после отчетного месяца</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+юридические лица и их филиалы и представительства по месту своего нахождения 3-го числа после отчетного месяца;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+местные исполнительные органы по вопросам социальной защиты и занятости населения районов, городов – 5-го числа после отчетного месяца;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+местные исполнительные органы по вопросам социальной защиты и занятости населения областей, городов республиканского значения, столицы – 7-го числа после отчетного месяца;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "ЦРТР" в МТСЗН – 10-го числа после отчетного месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...49 lines deleted...]
- Министерства промышленности и строительства Республики Казахстан</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комитет по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения, индивидуальные предприниматели с основным и (или) вторичным видами деятельности согласно кодам ОКЭД: 02, 08, 16, 19, 20, 22-28, 31, 35, 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет об отпускных ценах на строительные материалы, изделия, конструкции и инженерное оборудование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-СМИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 10 числа после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют попавшие в выборку юридические лица и (или) их структурные и обособленные подразделения с основными и (или) вторичными видами деятельности согласно кодам ОКЭД: 41-43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о фактической стоимости приобретенных строительных материалов, изделий, конструкций и инженерного оборудования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-СМИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 10 числа после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министерство финансов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют банки второго уровня, организации, осуществляющие отдельные виды банковских операций, держатели инфраструктурных облигаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет об освоении и погашении правительственных и гарантированных государством займов, займов под поручительство государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-ОПЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 месячная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 5 числа месяца после отчетного месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министерство туризма и спорта Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют структурные подразделения местного исполнительного органа области, города республиканского значения, столицы, осуществляющие функции в области физической культуры и спорта, республиканские, областные и городские школы высшего спортивного мастерства и республиканские центры олимпийской подготовки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о развитии физической культуры и спорта в Республике Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-ФК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 15 числа (включительно) после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Национальный Банк Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют юридические лица, включенные в перечень респондентов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о финансовых требованиях к нерезидентам и обязательствах перед ними</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-ПБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не позднее 10 числа второго месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют предприятия, осуществляющие перевозки и транспортно-экспедиционные услуги авиационным, морским (речным), автомобильным, трубопроводным транспортом и передачу электроэнергии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет об услугах транспорта, полученных от нерезидентов (предоставленных нерезидентам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-ПБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 30 числа после отчетного периода</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 30 числа первого месяца после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют Акционерное общество "Национальная компания Қазақстан Темір Жолы", акционерное общество "Пассажирские перевозки", предприятия железнодорожного транспорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет об услугах железнодорожного транспорта, полученных от нерезидентов (предоставленных нерезидентам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-ПБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 30 числа после отчетного периода</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 30 числа первого месяца после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют представители транспортных предприятий-нерезидентов всех видов транспорта, кроме железнодорожного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет об операциях, осуществленных от имени транспортных предприятий-нерезидентов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-ПБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не позднее 30 числа первого месяца после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют предприятия, занимающиеся вспомогательной и дополнительной транспортной деятельностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет об услугах, предоставленных транспортным предприятиям-нерезидентам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-ПБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не позднее 30 числа первого месяца после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют органы государственного управления Республики Казахстан и другие организации, осуществляющие реализацию государственной политики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о международных операциях, внешних активах и обязательствах сектора государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7-ПБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 30 числа первого месяца после отчетного периода</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 30 числа второго месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют организации, включенные в перечень респондентов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об услугах транспорта, сопутствующих транспортировке и прочих</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+международных операциях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8-ПБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 20 числа первого месяца после отчетного периода</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 30 числа первого месяца после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 30 числа первого месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляется банками, филиалами банков-нерезидентов в Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о состоянии финансовых требований к нерезидентам и обязательств перед ними</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-ПБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 30 числа первого месяца после отчетного периода</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 20 числа первого месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют организации, включенные в перечень респондентов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о международных операциях с нерезидентами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ПБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 20 числа первого месяца после отчетного периода</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 30 числа первого месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют страховые организации, филиалы страховых (перестраховочных) организаций – нерезидентов осуществляющие свою деятельность на основании лицензии по отрасли "общее страхование"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о страховании (перестраховании) нерезидентов и перестраховании рисков у нерезидентов по отрасли "общее страхование"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-ПБ-ОС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 30 числа первого месяца после отчетного периода</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 20 числа первого месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляется Министерством финансов Республики Казахстан в Национальный Банк Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о внешних государственных, гарантированных государством займах и займах, привлеченных под поручительство Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14-ПБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 20 числа первого месяца после отчетного периода</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 30 числа первого месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляется банками, филиалами банков-нерезидентов в Республике Казахстан; брокерами и (или) дилерами; организациями по управлению инвестиционным портфелем; номинальными держателями и регистраторами ценных бумаг; организациями, осуществляющими кастодиальную деятельность; организациями, осуществляющими депозитарную деятельность; организациями, осуществляющими инвестиционное управление пенсионными активами; единым накопительным пенсионным фондом, добровольными накопительными пенсионными фондами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о международных операциях по ценным бумагам с нерезидентами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ПБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 25 числа первого месяца после отчетного периода</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 20 числа первого месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-до даты, указанной в анкете</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляется акционерным обществом "БТА БАНК"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о кредитах, выданных нерезидентам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17-ПБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 25 числа первого месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют организации, включенные в перечень респондентов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об услугах железнодорожного, трубопроводного транспорта и передачи электроэнергии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18-ПБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 квартальная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-не позднее 20 числа первого месяца после отчетного периода</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 30 числа первого месяца после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 30 числа первого месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют юридические лица по запросу территориального филиала Национального Банка Республики Казахстан. Не представляют статистическую форму органы государственного управления и банки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анкета обследования предприятий по платежному балансу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ОПБ-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по запросу территориального органа Национального Банка Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-Комитет лесного хозяйства и животного мира Министерства экологии и природных ресурсов Республики Казахстан</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до даты, указанной в анкете</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-государственные лесовладельцы – 9, 19, 29 числа месяца, областные территориальные инспекции лесного хозяйства и животного мира – 10, 20, 30 числа месяца</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют страховые организации, филиалы страховых(перестраховочных) организаций – нерезидентов осуществляющие свою деятельность на основании лицензии по отрасли "страхование жизни"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о страховании (перестраховании) нерезидентов и перестраховании рисков у нерезидентов по отрасли "страхование жизни"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-ПБ-СЖ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не позднее 20 числа первого месяца после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-государственные лесовладельцы – до 10 января после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 25 февраля после отчетного периода</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комитет лесного хозяйства и животного мира Министерства экологии и природных ресурсов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-государственные лесовладельцы – до 10 января, 1 июля после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 25 февраля, 10 июля после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют – государственные лесовладельцы, областные территориальные инспекции лесного хозяйства и животного мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о лесных пожарах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пожар (лес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+декадная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственные лесовладельцы – 9, 19, 29 числа месяца, областные территориальные инспекции лесного хозяйства и животного мира – 10, 20, 30 числа месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-государственные лесовладельцы – до 25 числа после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 1 числа после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют – государственные лесовладельцы, областные территориальные инспекции лесного хозяйства и животного мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет по рубкам, мерам ухода за лесом, отпуску древесины, подсочке и побочным лесным пользованиям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 (годовая)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственные лесовладельцы – до 10 января после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 25 февраля после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-государственные учреждения лесного хозяйства, государственные природные заповедники, государственные национальные природные парки, государственные лесные природные резерваты – до 10 ноября после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 20 ноября после отчетного периода, Республиканское государственное казенное предприятие "Казахское лесоустроительное предприятие" – до 15 января после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют государственные лесовладельцы, областные территориальные инспекции лесного хозяйства и животного мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об остатках древесины на лесосеках и очистке мест рубок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 ЛХ (лесное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+полугодовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственные лесовладельцы – до 10 января, 1 июля после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 25 февраля, 10 июля после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют государственные лесовладельцы, областные территориальные инспекции лесного хозяйства и животного мира</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...137 lines deleted...]
-государственные лесовладельцы – до 10 января после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 25 февраля после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о нарушениях лесного законодательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-лесхоз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственные лесовладельцы – до 25 числа после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 1 числа после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют государственные учреждения лесного хозяйства, государственные природные заповедники, государственные национальные природные парки, государственные лесные природные резерваты, областные территориальные инспекции лесного хозяйства, Республиканское государственное казенное предприятие "Казахское лесоустроительное предприятие"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о работе с лесными культурами и о лесовозобновлении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 ЛХ (лесное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-зональные лесосеменные станции – до 10 января после отчетного периода; Республиканский лесной селекционно-семеноводческий центр – до 20 января после отчетного периода</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственные учреждения лесного хозяйства, государственные природные заповедники, государственные национальные природные парки, государственные лесные природные резерваты – до 10 ноября после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 20 ноября после отчетного периода, Республиканское государственное казенное предприятие "Казахское лесоустроительное предприятие" – до 15 января после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-до 10 числа после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют государственные лесовладельцы, областные территориальные инспекции лесного хозяйства и животного мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о подготовке и передаче лесосечного фонда, его породном составе и товарной структуре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 ЛХ (лесное хозяйство)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственные лесовладельцы – до 10 января после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 25 февраля после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют зональные лесосеменные станции, Республиканский лесной селекционно-семеноводческий центр, управления лесных отделов акиматов областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о посевных качествах семян древесных и кустарниковых пород</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 ЛХ (лесное хозяйство)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-частные и государственные лесовладельцы – до 20 января после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 1 февраля после отчетного периода, Республиканское государственное казенное предприятие "Казахское лесоустроительное предприятие" – до 20 марта после отчетного периода</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+зональные лесосеменные станции – до 10 января после отчетного периода; Республиканский лесной селекционно-семеноводческий центр – до 20 января после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-частные и государственные лесовладельцы – до 20 января после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 1 февраля после отчетного периода, Респбуликанское государственное казенное предприятие "Казахское лесоустроительное предприятие" – до 20 марта после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют государственные учреждения лесного хозяйства, государственные природные заповедники, государственные национальные природные парки, государственные лесные природные резерваты, областные территориальные инспекции лесного хозяйства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет об отпуске лесных ресурсов и поступлении лесного дохода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЛД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+квартальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 10 числа после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-до 1 февраля и 10 июля после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют частные и государственные лесовладельцы, в ведении которых находятся покрытые лесом земли площадью более 1 гектара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственный учет лесного фонда и распределение лесного фонда по категориям государственного лесного фонда и угодьям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+частные и государственные лесовладельцы – до 20 января после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 1 февраля после отчетного периода, Республиканское государственное казенное предприятие "Казахское лесоустроительное предприятие" – до 20 марта после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-до 1 февраля и 10 июля после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют частные и государственные лесовладельцы, в ведении которых находятся покрытые лесом земли площадью более 1 гектара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о распределении площадей и запасов покрытых лесом угодий по преобладающим породам и группам возраста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+один раз в 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+частные и государственные лесовладельцы – до 20 января после отчетного периода, областные территориальные инспекции лесного хозяйства и животного мира – до 1 февраля после отчетного периода, Респбуликанское государственное казенное предприятие "Казахское лесоустроительное предприятие" – до 20 марта после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-до 1 февраля после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют государственные лесовладельцы, областные территориальные инспекции лесного хозяйства и животного мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о выполнении производственного плана по лесному хозяйству</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 ЛХ (лесное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+полугодовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 1 февраля и 10 июля после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...173 lines deleted...]
-до 1 февраля после отчетного периода</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют государственные лесовладельцы, областные территориальные инспекции лесного хозяйства и животного мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о лесозащите</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 ЛХ (лесное хозяйство)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+полугодовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 1 февраля и 10 июля после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют государственные учреждения лесного хозяйства, государственные национальные природные парки, государственные лесные природные резерваты, Республиканское государственное учреждение "Сандыктауское учебно-производственное лесное хозяйство", Республиканское государственное предприятие на праве хозяйственного ведения "Жасыл Аймак", Республиканское государственное казенное предприятие "Республиканский лесной селекционный центр", областные территориальные инспекции лесного хозяйства и животного мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчет о заготовке лесных семян</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 ЛХ (лесное хозяйство)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-Комитетом водного хозяйства Министерства водных ресурсов и ирригации Республики Казахстан</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 1 февраля после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представляют – государственные природные заповедники, государственные национальные природные парки, государственные природные резерваты, государственные региональные природные парки, областные территориальные инспекции лесного хозяйства и животного мира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учет особо охраняемых природных территорий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ООПТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+годовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 1 февраля после отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комитетом водного хозяйства Министерства водных ресурсов и ирригации Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представляют водопользователи использующие воду для нужд сельского хозяйства, для производственных, коммунально-бытовых нужд и гидроэнергетики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отчет о заборе, использовании и водоотведении вод</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-ТП (водхоз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 годовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не позднее 1 декабря отчетного периода водопользователи, использующие воду для нужд сельского хозяйства, не позднее 10 января после отчетного периода водопользователи использующие воду производственных, коммунально-бытовых нужд и гидроэнергетики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Х – в данный период обследование не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -37269,55 +39060,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -37643,31 +39434,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>