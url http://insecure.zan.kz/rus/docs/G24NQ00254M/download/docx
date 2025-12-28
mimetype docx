--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1f678d9" w14:textId="1f678d9">
+    <w:p w14:paraId="b5abd18" w14:textId="b5abd18">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,67 +236,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 55 469,0 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 48 759,0 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговым поступлениям – 23 071,0 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
@@ -332,71 +332,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлениям от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 32 398,0 тысяч тенге;</w:t>
+      поступлениям трансфертов – 25 688,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 66 029,8 тысяч тенге;</w:t>
+      2) затраты – 59 319,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -515,61 +515,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Сарыкольского района Костанайской области от 14.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Сарыкольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 283</w:t>
+        <w:t>№ 350</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -624,63 +624,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -698,51 +697,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель Сарыкольского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1028,251 +1027,252 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Тимирязевка Сарыкольского района на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения маслихата Сарыкольского района Костанайской области от 14.02.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения маслихата Сарыкольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 283</w:t>
+        <w:t>№ 350</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="3269"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1295,84 +1295,91 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1382,148 +1389,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1533,2592 +1560,2997 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-55 469,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...97 lines deleted...]
-23 071,0</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 759,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-2 511,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 071,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-2 511,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 626,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-20 495,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 626,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-169,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 289,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-53,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+163,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-1 949,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Земельный налог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-18 324,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 949,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-65,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 157,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-65,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-32 398,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-32 398,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...166 lines deleted...]
-32 398,0</w:t>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 688,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1237"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="3457"/>
+        <w:gridCol w:w="3449"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4141,85 +4573,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4255,79 +4694,85 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...27 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4343,180 +4788,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...128 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4526,3848 +4998,4459 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-66 029,8</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...129 lines deleted...]
-29 436,0</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 319,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...198 lines deleted...]
-29 436,0</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 436,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 436,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 436,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...198 lines deleted...]
- 31 725,0</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 436,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...198 lines deleted...]
- 31 725,0</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 015,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...198 lines deleted...]
- 31 725,0</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 015,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...198 lines deleted...]
-20 136,0</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 015,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...198 lines deleted...]
-11 589,0</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 426,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...198 lines deleted...]
- 4 868,0</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 589,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...198 lines deleted...]
-0,8</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1167"/>
+        <w:gridCol w:w="1811"/>
+        <w:gridCol w:w="1167"/>
+        <w:gridCol w:w="2677"/>
+        <w:gridCol w:w="5478"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="5478" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8390,85 +9473,91 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8478,149 +9567,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...97 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8630,1003 +9738,1224 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5478" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...101 lines deleted...]
--10 560,8</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...101 lines deleted...]
-10 560,8</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-10 560,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...79 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5478" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 560,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...137 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5478" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 560,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 560,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="5478" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9896,205 +11225,211 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Тимирязевка Сарыкольского района на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="3338"/>
+        <w:gridCol w:w="3330"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10123,78 +11458,85 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10210,142 +11552,163 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10435,512 +11798,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23 071,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 511,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10969,334 +12374,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 511,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11325,156 +12758,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 169,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11503,156 +12950,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Земельный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11681,156 +13142,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 949,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11859,334 +13334,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18 324,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12215,512 +13718,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14 388,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14 388,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12749,51 +14294,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12827,121 +14372,128 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12970,79 +14522,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13084,78 +14643,85 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13171,179 +14737,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13390,2804 +14984,3077 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 255,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 255,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 255 ,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 226,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 029,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16457,205 +18324,211 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="17"/>
+    <w:bookmarkStart w:name="z36" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Тимирязевка Сарыкольского района на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="3338"/>
+        <w:gridCol w:w="3330"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16684,78 +18557,85 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16771,142 +18651,163 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16996,512 +18897,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23 071,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 511,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17530,334 +19473,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 511,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17886,156 +19857,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 169,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18064,156 +20049,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Земельный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18242,156 +20241,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 949,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18420,334 +20433,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18 324,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18776,512 +20817,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14 388,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14 388,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19310,51 +21393,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19388,121 +21471,128 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19531,79 +21621,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19645,78 +21742,85 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19732,179 +21836,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19951,2804 +22083,3077 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 226,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 029,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>