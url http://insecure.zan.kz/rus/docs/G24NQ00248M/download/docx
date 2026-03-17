--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="70c7185" w14:textId="70c7185">
+    <w:p w14:paraId="2199101" w14:textId="2199101">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,55 +232,55 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объҰмах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы – 28 909,0 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -515,61 +515,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Сарыкольского района Костанайской области от 14.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Сарыкольского района Костанайской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1046,88 +1046,90 @@
               </w:rPr>
               <w:t>№ 248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Барвиновка Сарыкольского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения маслихата Сарыкольского района Костанайской области от 14.02.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения маслихата Сарыкольского района Костанайской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -1537,408 +1539,416 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...29 lines deleted...]
-I</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доходы</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 909,0</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...66 lines deleted...]
-            </w:pPr>
+Доходы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоговые поступления</w:t>
-[...35 lines deleted...]
-13 365,0</w:t>
+28 909,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1962,87 +1972,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подоходный налог</w:t>
+Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 671,0</w:t>
+13 365,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,165 +2073,165 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Индивидуальный подоходный налог</w:t>
+Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 671,0</w:t>
+3 083,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2242,165 +2252,165 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на собственность</w:t>
+Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 147,0</w:t>
+3 083,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2421,165 +2431,165 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на имущество</w:t>
+Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66,0</w:t>
+7 728,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2642,123 +2652,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Земельный налог </w:t>
+              <w:t>
+Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20,0</w:t>
+76,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2821,123 +2831,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Налог на транспортные средства</w:t>
+              <w:t xml:space="preserve">
+Земельный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 4 726,0</w:t>
+24,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3000,123 +3010,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Единый земельный налог</w:t>
+Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 335,0</w:t>
+ 4 291,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3137,165 +3147,165 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние налоги на товары, работы и услуги</w:t>
+Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 547,0</w:t>
+3 335,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3316,207 +3326,203 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других ресурсов</w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 547,0</w:t>
+2 553,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3532,203 +3538,207 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
+Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 544,0</w:t>
+2 553,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3752,51 +3762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3853,1314 +3863,1297 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районного (города областного значения) бюджета</w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 544,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...29 lines deleted...]
-Функциональная группа</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 544,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...63 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...62 lines deleted...]
-Программа</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...61 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 525,3</w:t>
-[...1 lines deleted...]
-          </w:p>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...38 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственные услуги общего характера</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 448,0</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...96 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Затраты</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
-[...35 lines deleted...]
-24 448,0</w:t>
+29 525,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5176,61 +5169,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5253,51 +5242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, посҰлка, сельского округа</w:t>
+Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5355,57 +5344,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5420,96 +5413,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услуги по обеспечению деятельности акима города районного значения, села, посҰлка, сельского округа</w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5534,61 +5523,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5604,57 +5589,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5677,87 +5666,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жилищно-коммунальное хозяйство</w:t>
+Аппарат акима города районного значения, села, посҰлка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 507,0</w:t>
+24 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5779,61 +5768,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5848,167 +5833,175 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Благоустройство населҰнных пунктов</w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, посҰлка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 507,0</w:t>
+24 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6024,61 +6017,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6101,51 +6090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, посҰлка, сельского округа</w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6203,57 +6192,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6268,96 +6261,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Освещение улиц в населҰнных пунктах</w:t>
+Благоустройство населҰнных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6382,61 +6371,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6452,57 +6437,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6525,408 +6514,408 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Транспорт и коммуникации</w:t>
+Аппарат акима города районного значения, села, посҰлка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 570,3</w:t>
+2 507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автомобильный транспорт</w:t>
+Освещение улиц в населҰнных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 570,3</w:t>
+2 507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6949,87 +6938,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, посҰлка, сельского округа</w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 570,3</w:t>
+2 570,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7051,57 +7040,61 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7116,132 +7109,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспечение функционирования автомобильных дорог в городах районного значения, сҰлах, посҰлках, сельских округах</w:t>
+Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 954,0</w:t>
+2 570,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7296,589 +7285,1201 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Аппарат акима города районного значения, села, посҰлка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-616,3</w:t>
+2 570,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, сҰлах, посҰлках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 055,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+514,5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...91 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...61 lines deleted...]
-Наименование</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -8932,68 +9533,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Барвиновка Сарыкольского района на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15284,68 +15885,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="17"/>
+    <w:bookmarkStart w:name="z36" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Барвиновка Сарыкольского района на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>