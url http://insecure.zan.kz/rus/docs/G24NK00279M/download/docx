--- v0 (2025-11-11)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f778579" w14:textId="f778579">
+    <w:p w14:paraId="84a234f" w14:textId="84a234f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -298,166 +298,170 @@
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 41 375,9 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 44566,3 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 4595,0 тысяч тенге;</w:t>
+      налоговым поступлениям – 3137,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступлениям – 0,0 тысяч тенге;</w:t>
+      неналоговым поступлениям – 42,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 36780,9 тысяч тенге;</w:t>
+      поступлениям трансфертов – 41387,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 41376,0 тысяч тенге;</w:t>
+      2) затраты – 44566,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дефицит (профицит) бюджета – -0,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -475,287 +479,287 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Камыстинского района Костанайской области от 30.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Камыстинского района Костанайской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 395</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в бюджете села Бестобе Камыстинского района предусмотрен объем субвенций, передаваемых из районного бюджета, в том числе на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 год в сумме 22956,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2026 год в сумме 21575,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2027 год в сумме 21716,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть, что в бюджете села Бестобе Камыстинского района предусмотрен объем трансфертов, выделенных из районного и областного бюджета, в том числе на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 год в сумме 72643,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2026 год в сумме 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2027 год в сумме 0,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Перечень бюджетных программ, не подлежащих секвестру в процессе исполнения сельских бюджетов на 2025 год отсутствует.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1144,152 +1148,189 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 279 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Бестобе на 2025 год</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата Камыстинского района Костанайской области от 30.06.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Камыстинского района Костанайской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 395</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z29" w:id="16"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="16"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1324,83 +1365,96 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1442,84 +1496,96 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1623,102 +1689,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
-[...14 lines deleted...]
-          <w:p/>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44566,3</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1773,161 +1866,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Доходы</w:t>
+Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41375,9</w:t>
+3137,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1950,87 +2043,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоговые поступления</w:t>
+Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4595,0</w:t>
+1107,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2050,164 +2143,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подоходный налог</w:t>
+Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1680,0</w:t>
+1107,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2227,164 +2320,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Индивидуальный подоходный налог</w:t>
+Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1680,0</w:t>
+2028,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2404,164 +2497,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на собственность</w:t>
+Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2913,0</w:t>
+28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2622,123 +2715,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на имущество</w:t>
+Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30,0</w:t>
+7,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2799,123 +2892,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Земельный налог</w:t>
+Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9,0</w:t>
+1766,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2976,123 +3069,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог на транспортные средства</w:t>
+Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2274,0</w:t>
+227,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3112,164 +3205,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Единый земельный налог</w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600,0</w:t>
+2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3289,128 +3382,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние налоги на товары, работы и услуги</w:t>
+Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3434,57 +3527,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3498,206 +3595,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других ресурсов</w:t>
+Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,0</w:t>
+42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3719,88 +3812,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Поступления трансфертов </w:t>
+              <w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36780,9</w:t>
+42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3820,202 +3913,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Другие неналоговые поступления в местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36780,9</w:t>
+42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4029,50 +4126,400 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41387,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41387,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -4110,51 +4557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36780,9</w:t>
+41387,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4978,51 +5425,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41376,0</w:t>
+44566,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5187,51 +5634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24155,6</w:t>
+24262,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5396,51 +5843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24155,6</w:t>
+24262,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5605,51 +6052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24155,6</w:t>
+24262,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5814,51 +6261,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23827,7</w:t>
+23934,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6232,51 +6679,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17220,3</w:t>
+20304,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6441,51 +6888,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17220,3</w:t>
+20304,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6650,51 +7097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17220,3</w:t>
+20304,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6859,51 +7306,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3871,0</w:t>
+2455,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7068,51 +7515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13349,3</w:t>
+17849,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8109,51 +8556,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9430,68 +9877,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 279 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="17"/>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Бестобе на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -15726,68 +16173,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 279 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="18"/>
+    <w:bookmarkStart w:name="z39" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Бестобе на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -21814,55 +22261,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>