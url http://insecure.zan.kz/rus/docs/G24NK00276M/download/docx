--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e2a508e" w14:textId="e2a508e">
+    <w:p w14:paraId="f9708e5" w14:textId="f9708e5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -234,51 +234,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет села Алтынсарино Камыстинского района на 2025-2027 годы, согласно </w:t>
+      1. Утвердить бюджет села Алтынсарино Камыстинского района на 2025- 2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -314,226 +314,244 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 122564,3 тысячи тенге, в том числе по:</w:t>
+      1) доходы – 121180,6 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 9061,0 тысяча тенге;</w:t>
+      налоговым поступлениям – 12861,0 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 107798,3 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 6905,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 122670,9 тысяч тенге;</w:t>
+      поступлениям трансфертов – 101414,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге;</w:t>
+      2) затраты – 121992,2 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) дефицит (профицит) бюджета – -106,6 тысяч тенге;</w:t>
+      3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) финансирование дефицита (использование профицита) бюджета – 106,6 тысяч тенге.</w:t>
+      4) дефицит (профицит) бюджета – -811,6 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) финансирование дефицита (использование профицита) бюджета – 811,6 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Камыстинского района Костанайской области от 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Камыстинского района Костанайской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 374</w:t>
+        <w:t>№ 392</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1083,61 +1101,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Алтынсарино на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата Камыстинского района Костанайской области от 26.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Камыстинского района Костанайской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 374</w:t>
+        <w:t>№ 392</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1643,51 +1661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122564,3</w:t>
+121180,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1820,51 +1838,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9061,0</w:t>
+12861,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1997,51 +2015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2800,0</w:t>
+6683,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2174,51 +2192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2800,0</w:t>
+6683,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2351,51 +2369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5400,0</w:t>
+5470,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2528,51 +2546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40,0</w:t>
+28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2882,51 +2900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4950,0</w:t>
+5032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3059,51 +3077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-861,0</w:t>
+708,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3236,92 +3254,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-861,0</w:t>
+708,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3376,88 +3394,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Поступления трансфертов </w:t>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107798,3</w:t>
+6905,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3486,51 +3504,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3554,87 +3572,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107798,3</w:t>
+6905,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3695,50 +3713,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6905,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101414,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101414,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3767,51 +4316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107798,3</w:t>
+101414,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4635,51 +5184,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122670,9</w:t>
+121992,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4844,51 +5393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30499,1</w:t>
+32104,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5053,51 +5602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30499,1</w:t>
+32104,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5262,51 +5811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30499,1</w:t>
+32104,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5471,51 +6020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30134,1</w:t>
+31739,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5889,51 +6438,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17592,5</w:t>
+16692,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6098,51 +6647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17592,5</w:t>
+16692,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6307,51 +6856,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17592,5</w:t>
+16692,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6516,51 +7065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11612,2</w:t>
+10712,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6725,51 +7274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+5980,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7770,51 +8319,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59579,4</w:t>
+53195,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7979,51 +8528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59579,4</w:t>
+53195,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8188,51 +8737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59579,4</w:t>
+53195,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8397,51 +8946,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59579,4</w:t>
+725,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8606,51 +9155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58854,4</w:t>
+52470,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8815,51 +9364,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+5000,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9024,51 +9573,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+5000,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9233,51 +9782,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+5000,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9570,128 +10119,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-III. Сальдо по операциям с финансовыми активами</w:t>
+Целевые текущие трансферты из нижестоящего бюджета на компенсацию потерь вышестоящего бюджета в связи с изменением законодательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+5000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9816,87 +10369,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Дефицит (Профицит) бюджета</w:t>
+III. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--106,6</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10021,129 +10574,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Финансирование дефицита (использование профицита) бюджета</w:t>
+IV. Дефицит (Профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106,6</w:t>
+-811,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10229,162 +10778,162 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Используемые остатки бюджетных средств </w:t>
+              <w:t>
+V. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106,6</w:t>
+811,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10439,87 +10988,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Остатки бюджетных средств</w:t>
+Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106,6</w:t>
+811,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10539,82 +11088,291 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+811,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -10684,51 +11442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106,6</w:t>
+811,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -22994,55 +23752,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>