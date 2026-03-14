--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9ecd2c7" w14:textId="9ecd2c7">
+    <w:p w14:paraId="cec2f41" w14:textId="cec2f41">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -314,226 +314,244 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 124053,9 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 136585,8 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 10994,0 тысячи тенге;</w:t>
+      налоговым поступлениям – 23547,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступлениям – 0,0 тысяч тенге;</w:t>
+      неналоговым поступлениям – 179,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 112864,9 тысячи тенге;</w:t>
+      поступлениям от продажи основного капитала – 195,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 134596,1 тысяч тенге;</w:t>
+      поступлениям трансфертов – 112664,8 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге;</w:t>
+      2) затраты – 147128,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) дефицит (профицит) бюджета – -10542,2 тысяч тенге;</w:t>
+      3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) финансирование дефицита (использование профицита) бюджета – 10542,2 тысяч тенге.</w:t>
+      4) дефицит (профицит) бюджета – -10542,2 тысячи тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) финансирование дефицита (использование профицита) бюджета – 10542,2 тысячи тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Камыстинского района Костанайской области от 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Камыстинского района Костанайской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 373</w:t>
+        <w:t>№ 391</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1163,61 +1181,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Адаевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата Камыстинского района Костанайской области от 26.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Камыстинского района Костанайской области от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 373</w:t>
+        <w:t>№ 391</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1723,51 +1741,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124053,9</w:t>
+136585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1900,51 +1918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10994,0</w:t>
+23547,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2077,51 +2095,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2320,0</w:t>
+9220,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2254,125 +2272,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2320,0</w:t>
+9220,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2395,87 +2413,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление от продажи основного капитала</w:t>
+Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195,0</w:t>
+11967,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2495,164 +2513,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа земли и нематериальных активов</w:t>
+Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195,0</w:t>
+45,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2713,123 +2731,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Плата за продажу права аренды земельных участков </w:t>
+              <w:t>
+Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195,0</w:t>
+560,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2849,164 +2867,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на собственность</w:t>
+Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7207,0</w:t>
+3752,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3067,123 +3085,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на имущество</w:t>
+Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50,0</w:t>
+7610,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3203,164 +3221,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Земельный налог</w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-710,0</w:t>
+2360,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3421,161 +3439,165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог на транспортные средства</w:t>
+Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3747,0</w:t>
+2360,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3589,132 +3611,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Единый земельный налог</w:t>
+Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2700,0</w:t>
+179,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3743,51 +3761,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-05</w:t>
+06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3811,87 +3829,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние налоги на товары, работы и услуги</w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1467,0</w:t>
+179,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3952,164 +3970,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других ресурсов</w:t>
+Другие неналоговые поступления в местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1467,0</w:t>
+179,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4164,88 +4182,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Поступления трансфертов </w:t>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-112864,9</w:t>
+195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4274,51 +4292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4342,87 +4360,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-112864,9</w:t>
+195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4483,50 +4501,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плата за продажу права аренды земельных участков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112664,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112664,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4555,51 +5104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-112864,9</w:t>
+112664,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5423,51 +5972,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-134596,1</w:t>
+147128,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5632,51 +6181,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33180,2</w:t>
+37144,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5841,51 +6390,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33180,2</w:t>
+37144,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6050,51 +6599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33180,2</w:t>
+37144,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6259,51 +6808,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32308,2</w:t>
+36272,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6677,51 +7226,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37926,2</w:t>
+33962,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6886,51 +7435,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37926,2</w:t>
+33962,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7095,51 +7644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37926,2</w:t>
+33962,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7304,51 +7853,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10145,0</w:t>
+6425,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7513,51 +8062,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27781,2</w:t>
+27537,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7722,51 +8271,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63489,5</w:t>
+63289,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7931,51 +8480,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63489,5</w:t>
+63289,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8140,51 +8689,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63489,5</w:t>
+63289,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8558,51 +9107,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60500,2</w:t>
+60300,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8767,51 +9316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+12732,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8976,51 +9525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+12732,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9185,51 +9734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+12732,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9522,128 +10071,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Целевые текущие трансферты из нижестоящего бюджета на компенсацию потерь вышестоящего бюджета в связи с изменением законодательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12732,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 III. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25158,55 +25916,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>