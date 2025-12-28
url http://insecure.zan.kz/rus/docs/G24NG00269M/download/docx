--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7e64d13" w14:textId="7e64d13">
+    <w:p w14:paraId="7d97f17" w14:textId="7d97f17">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 108 056,5 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 108 354,0 тысячи тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 3 605,0 тысяч тенге;</w:t>
+      налоговым поступлениям – 3 427,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям – 31,0 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 666,0 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 844,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 103 754,5 тысяч тенге;</w:t>
+      поступлениям трансфертов – 104 052,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 108 252,9 тысяч тенге;</w:t>
+      2) затраты – 108 550,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -457,61 +457,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 23.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 327</w:t>
+        <w:t>№ 384</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -546,63 +546,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -620,51 +619,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -981,212 +980,218 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Сулукольского сельского округа Аулиекольского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 23.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 327</w:t>
+        <w:t>№ 384</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="798"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="341"/>
+        <w:gridCol w:w="274"/>
+        <w:gridCol w:w="815"/>
+        <w:gridCol w:w="1751"/>
+        <w:gridCol w:w="4901"/>
+        <w:gridCol w:w="2381"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1220,61 +1225,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1290,176 +1302,204 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1475,51 +1515,51 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1585,51 +1625,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="815" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1658,300 +1698,328 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-108056,5</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108354,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1961,236 +2029,264 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-3605,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3427,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2206,415 +2302,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-620,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+571,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-620,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+571,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2630,1051 +2768,1156 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-2913,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-16,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-2276,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2479,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-535,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3690,388 +3933,423 @@
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-72,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-72,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4081,236 +4359,264 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4326,415 +4632,457 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4750,388 +5098,423 @@
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5141,236 +5524,264 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-666,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+844,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5386,415 +5797,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-51,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-51,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5810,5434 +6263,5966 @@
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажи земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...29 lines deleted...]
-615,0</w:t>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+766,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа нематериальных активов</w:t>
-[...35 lines deleted...]
-615,0</w:t>
+Продажи земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+414,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...29 lines deleted...]
-4</w:t>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...37 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
-[...35 lines deleted...]
-103754,5</w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+352,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-02</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
-[...35 lines deleted...]
-103754,5</w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104052,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...45 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районного (города областного значения) бюджета</w:t>
-[...35 lines deleted...]
-103754,5</w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104052,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104052,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-Администратор бюджетных программ</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-Программа</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...76 lines deleted...]
-Наименование</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...122 lines deleted...]
-          </w:p>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-108252,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-01</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-33312,5</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108550,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-33312,5</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34541,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...116 lines deleted...]
-33312,5</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34541,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-33312,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34541,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-07</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-11876,0</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34541,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-3</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-11876,0</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10966,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...116 lines deleted...]
-11876,0</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10966,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-10290,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10966,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...116 lines deleted...]
-892,9</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9380,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...116 lines deleted...]
-693,1</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+892,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-12</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-2693,7</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+693,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-2693,7</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2672,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...116 lines deleted...]
-2693,7</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2672,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2693,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2672,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-13</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-60368,0</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2672,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-9</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11252,204 +12237,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...86 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11464,204 +12470,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...82 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11676,416 +12703,458 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-15</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-2,7</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60368,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12100,204 +13169,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...86 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12312,204 +13402,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...82 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12524,408 +13635,461 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-0,0</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...82 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12940,408 +14104,700 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
--196,4</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-196,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2381" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13642,175 +15098,181 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Сулукольского сельского округа Аулиекольского района на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="821"/>
+        <w:gridCol w:w="543"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="2235"/>
+        <w:gridCol w:w="4610"/>
+        <w:gridCol w:w="2155"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13844,61 +15306,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13914,175 +15383,203 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14098,258 +15595,286 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39746,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14359,2107 +15884,2317 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3414,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 620,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 620,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2722,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2085,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 535,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16469,1052 +18204,1157 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17524,630 +19364,693 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 615,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажи земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 615,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 615,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18157,589 +20060,652 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35686,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35686,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18773,51 +20739,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -18833,61 +20799,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18921,94 +20894,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19042,126 +21029,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19195,163 +21203,191 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19379,199 +21415,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19623,166 +21687,187 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19797,203 +21882,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20008,203 +22114,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20219,203 +22346,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20467,166 +22615,187 @@
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20641,203 +22810,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20852,203 +23042,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21063,203 +23274,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21274,203 +23506,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21485,203 +23738,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21733,166 +24007,187 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21907,203 +24202,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22118,203 +24434,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22329,203 +24666,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22540,199 +24898,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22747,199 +25133,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22954,199 +25368,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23161,199 +25603,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23654,175 +26124,181 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Сулукольского сельского округа Аулиекольского района на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="821"/>
+        <w:gridCol w:w="543"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="2235"/>
+        <w:gridCol w:w="4610"/>
+        <w:gridCol w:w="2155"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23856,61 +26332,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23926,175 +26409,203 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24110,258 +26621,286 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39746,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24371,2107 +26910,2317 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3414,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 620,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 620,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2722,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2085,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 535,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26481,1052 +29230,1157 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27536,630 +30390,693 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 615,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажи земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 615,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 615,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28169,589 +31086,652 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35686,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35686,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28785,51 +31765,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -28845,61 +31825,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28933,94 +31920,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29054,126 +32055,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29207,163 +32229,191 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29391,199 +32441,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29635,166 +32713,187 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29809,203 +32908,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30020,203 +33140,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30231,203 +33372,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30479,166 +33641,187 @@
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30653,203 +33836,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30864,203 +34068,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31075,203 +34300,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31286,203 +34532,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31497,203 +34764,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31745,166 +35033,187 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31919,203 +35228,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32130,203 +35460,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32341,203 +35692,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32552,199 +35924,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32759,199 +36159,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32966,199 +36394,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33173,199 +36629,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33427,55 +36911,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>