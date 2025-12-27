--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b0fd5b7" w14:textId="b0fd5b7">
+    <w:p w14:paraId="d0e6cb2" w14:textId="d0e6cb2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 41 008,5 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 41 300,1 тысяча тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 6 863,0 тысячи тенге;</w:t>
+      налоговым поступлениям – 6 954,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям – 46,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 128,0 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 37,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 33 971,5 тысяч тенге;</w:t>
+      поступлениям трансфертов – 34 263,1 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 44 563,4 тысячи тенге;</w:t>
+      2) затраты – 44 855,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -457,61 +457,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 343</w:t>
+        <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -546,63 +546,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -620,51 +619,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -981,215 +980,223 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Новоселовского сельского округа Аулиекольского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 26.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 343</w:t>
+        <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="821"/>
+        <w:gridCol w:w="543"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="2235"/>
+        <w:gridCol w:w="4610"/>
+        <w:gridCol w:w="2155"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1200,84 +1207,91 @@
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1287,179 +1301,209 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1469,5232 +1513,5501 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-41008,5</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41300,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-6863,0</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6954,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3075,0</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3214,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3075,0</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3214,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3673,0</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3625,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-191,0</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+143,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2303,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-128,0</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажи земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-128,0</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-91,0</w:t>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-37,0</w:t>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34263,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-33971,5</w:t>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34263,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-33971,5</w:t>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34263,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...252 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6704,110 +7017,126 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6823,142 +7152,165 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6974,179 +7326,209 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7156,5018 +7538,5584 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-44563,4</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-31802,5</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32754,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-31802,5</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32754,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-31802,5</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32754,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-31802,5</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32754,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-8160,2</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-8160,2</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-8160,2</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-4360,2</w:t>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3700,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2800,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2800,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2800,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2800,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -3554,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12468,175 +13416,181 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Новоселовского сельского округа Аулиекольского района на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="821"/>
+        <w:gridCol w:w="543"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="2235"/>
+        <w:gridCol w:w="4610"/>
+        <w:gridCol w:w="2155"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12670,61 +13624,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12740,175 +13701,203 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12924,258 +13913,286 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37019,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13185,2107 +14202,2317 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5256,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1658,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1658,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3483,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 191,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15295,1052 +16522,1157 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16350,841 +17682,925 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажи земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17194,589 +18610,652 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31589,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31589,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17810,51 +19289,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -17870,61 +19349,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17958,94 +19444,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18079,126 +19579,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18232,163 +19753,191 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18416,199 +19965,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18660,166 +20237,187 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18834,203 +20432,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19045,203 +20664,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19256,203 +20896,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19504,166 +21165,187 @@
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19678,203 +21360,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19889,203 +21592,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20100,203 +21824,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20311,203 +22056,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20522,203 +22288,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20770,166 +22557,187 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20944,203 +22752,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21155,203 +22984,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21366,203 +23216,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21577,199 +23448,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21784,199 +23683,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21991,199 +23918,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22198,199 +24153,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22691,175 +24674,181 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Новоселовского сельского округа Аулиекольского района на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="821"/>
+        <w:gridCol w:w="543"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="2235"/>
+        <w:gridCol w:w="4610"/>
+        <w:gridCol w:w="2155"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22893,61 +24882,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22963,175 +24959,203 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23147,258 +25171,286 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37019,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23408,2107 +25460,2317 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5256,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1658,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1658,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3483,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 191,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25518,1052 +27780,1157 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26573,841 +28940,925 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажи земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27417,589 +29868,652 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...73 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31589,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31589,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="821" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28014,103 +30528,110 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -28126,94 +30647,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28247,126 +30782,147 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28400,163 +30956,191 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28584,199 +31168,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28828,166 +31440,187 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29002,203 +31635,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29213,203 +31867,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29424,203 +32099,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29672,166 +32368,187 @@
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29846,203 +32563,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30057,203 +32795,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30268,203 +33027,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30479,203 +33259,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30690,203 +33491,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30938,166 +33760,187 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31112,203 +33955,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31323,203 +34187,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31534,203 +34419,224 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31745,199 +34651,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31952,199 +34886,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32159,199 +35121,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32366,199 +35356,227 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...78 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32620,55 +35638,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>