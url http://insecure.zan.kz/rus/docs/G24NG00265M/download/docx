--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dab7881" w14:textId="dab7881">
+    <w:p w14:paraId="9d7be8a" w14:textId="9d7be8a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 55 537,5 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 56 527,2 тысячи тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 30 219,0 тысяч тенге;</w:t>
+      налоговым поступлениям – 30 729,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям – 104,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 578,0 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 68,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 24 636,5 тысяч тенге;</w:t>
+      поступлениям трансфертов – 25 626,2 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 63 626,3 тысячи тенге;</w:t>
+      2) затраты – 64 616,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -457,61 +457,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 341</w:t>
+        <w:t>№ 380</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -981,215 +981,217 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Новонежинского сельского округа Аулиекольского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 26.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 341</w:t>
+        <w:t>№ 380</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1200,84 +1202,84 @@
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1287,179 +1289,181 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1469,5232 +1473,5025 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-55537,5</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56527,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-30219,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30729,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-19294,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21203,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-19294,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21203,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-10380,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9038,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 142,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7796,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2420,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1078,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-545,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+488,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-545,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+488,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-578,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажи земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-578,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-510,0</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25626,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-24636,5</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25626,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-24636,5</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25626,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...254 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6704,83 +6501,85 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6823,115 +6622,117 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6974,179 +6775,181 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7156,5018 +6959,5066 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-63626,3</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64616,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-39743,5</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40733,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-39743,5</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40733,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-39743,5</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40733,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-39743,5</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40733,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20988,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20988,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20988,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11088,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2894,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2894,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2894,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2894,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -8088,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>