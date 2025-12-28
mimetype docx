--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="520ecf7" w14:textId="520ecf7">
+    <w:p w14:paraId="993042e" w14:textId="993042e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 41 351,9 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 41 532,9 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 16 427,0 тысяч тенге;</w:t>
+      налоговым поступлениям – 15 614,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям – 157,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 1 707,0 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 495,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 23 060,9 тысяч тенге;</w:t>
+      поступлениям трансфертов – 25 266,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 45 018,1 тысяча тенге;</w:t>
+      2) затраты – 45 199,1 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -457,61 +457,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 23.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 322</w:t>
+        <w:t>№ 379</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -981,61 +981,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Диевского сельского округа Аулиекольского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 23.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 322</w:t>
+        <w:t>№ 379</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1892,51 +1892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41351,9</w:t>
+41532,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2103,51 +2103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16427,0</w:t>
+15614,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2314,51 +2314,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3370,0</w:t>
+2907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2525,51 +2525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3370,0</w:t>
+2907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2736,51 +2736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12187,0</w:t>
+11837,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3580,51 +3580,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4945,0</w:t>
+4595,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4943,93 +4943,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5690,51 +5690,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1707,0</w:t>
+495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5901,51 +5901,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1707,0</w:t>
+495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6112,51 +6112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1707,0</w:t>
+495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6323,51 +6323,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23060,9</w:t>
+25266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6534,51 +6534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23060,9</w:t>
+25266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6745,51 +6745,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23060,9</w:t>
+25266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7800,51 +7800,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45018,1</w:t>
+45199,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8011,51 +8011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33539,5</w:t>
+33720,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8222,51 +8222,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33539,5</w:t>
+33720,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8433,51 +8433,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33539,5</w:t>
+33720,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8644,51 +8644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33539,5</w:t>
+33720,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>