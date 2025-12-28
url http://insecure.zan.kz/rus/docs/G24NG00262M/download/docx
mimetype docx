--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f0896dd" w14:textId="f0896dd">
+    <w:p w14:paraId="5cc64fe" w14:textId="5cc64fe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 240 414,1 тысяча тенге, в том числе по:</w:t>
+      1) доходы – 241 030,9 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 68 416,0 тысяч тенге;</w:t>
+      налоговым поступлениям – 69 151,0 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям – 161,0 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 2 508,0 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 1 773,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 169 329,1 тысяча тенге;</w:t>
+      поступлениям трансфертов – 169 945,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 253 833,2 тысячи тенге;</w:t>
+      2) затраты – 254 450,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -457,61 +457,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 339</w:t>
+        <w:t>№ 377</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -961,215 +961,217 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Аманкарагайского сельского округа Аулиекольского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 26.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения маслихата Аулиекольского района Костанайской области от 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 339</w:t>
+        <w:t>№ 377</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1180,84 +1182,84 @@
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1267,179 +1269,181 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1449,12795 +1453,12873 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-240414,1</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+241030,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-68416,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69151,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-39885,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-39885,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-28189,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28006,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 674,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-714,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+531,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26801,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-342,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+315,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 295,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-47,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 161,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 111,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 111,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2508,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1773,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажи земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2508,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1773,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2208,0</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1473,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-169329,1</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+169945,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-169329,1</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+169945,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...153 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+169945,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...126 lines deleted...]
-Программа</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...157 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...211 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-253833,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-66187,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+254450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-66187,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66324,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-66187,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66324,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-66187,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66324,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-69411,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66324,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-69411,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69891,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-69411,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69891,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-56692,8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69891,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-4800,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57350,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-300,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-7618,9</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и погребение безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-77821,8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7618,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77821,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77821,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-17000,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77821,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-60821,8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-37977,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60821,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-2435,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2435,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2435,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2435,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга аппарата акима города районного значения, села, поселка, сельского округа по выплате вознаграждений и иных платежей по займам из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2435,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
--13419,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-13419,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>