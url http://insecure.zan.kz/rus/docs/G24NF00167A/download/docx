--- v0 (2025-10-04)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1ca5332" w14:textId="1ca5332">
+    <w:p w14:paraId="bc841fd" w14:textId="bc841fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О реорганизации государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта акимата Амангельдинского района" путем выделения государственного учреждения "Отдел физической культуры и спорта акимата Амангельдинского района"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Амангельдинского района Костанайской области от 21 октября 2024 года № 167</w:t>
+        <w:t>Постановление акимата Амангельдинского района Костанайской области от 21 октября 2024 года № 167.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1566,844 +1566,920 @@
         <w:t>
       иные обязанности, предусмотренные законодательством Республики Казахстан в сфере физической культуры и спорта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) создавать инфраструктуру для занятий спортом физических лиц, в том числе с учетом доступности для маломобильных групп населения, по месту жительства и в местах массового отдыха;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществлять государственный контроль за безопасной эксплуатацией спортивного оборудования, предназначенного для занятий массовым спортом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проводить районные спортивные соревнования по видам спорта совместно с местными аккредитованными спортивными федерациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивать подготовку районных сборных команд по видам спорта и их выступления на областных спортивных соревнованиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивать развитие массового спорта и национальных видов спорта на территории Амангельдинского района, Костанайской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) координировать деятельность районных физкультурно-спортивных организаций на территории Амангельдинского района, Костанайской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) создавать детско-юношеские клубы физической подготовки, в том числе адаптивной физической культуры и спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оказывает государственные услуги в соответствии Реестром государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) реализовать единый региональный календарь спортивно-массовых мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) координировать организацию и проведение спортивных мероприятий на территории Амангельдинского района, Костанайской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осуществлять сбор, анализ и предоставлять местному исполнительному органу области информацию по развитию физической культуры и спорта на территории района по форме и в сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) формировать и утверждать районные списки сборных команд по видам спорта по предложениям региональных и местных аккредитованных спортивных федераций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) организовать медицинское обеспечение официальных физкультурных и спортивных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) обеспечивать общественный порядок и общественную безопасность при проведении физкультурных и спортивных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) оказывать методическую и консультативную помощь спортивным организациям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) обеспечивать деятельность районных и городских неспециализированных детско-юношеских школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) обеспечивать инструкторами по физической культуре и спорту для работы с населением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) создавать условия для развития физической культуры и спорта по месту жительства физических лиц и в местах их массового отдыха на территории Амангельдинского района, Костанайской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) организовать совместно с уполномоченным органом в области физической культуры и спорта и общественными объединениями инвалидов проведение оздоровительных и спортивных мероприятий среди лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) утверждение государственный спортивный заказ на финансирование спортивных секций для детей и юношества в пределах объемов бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) обеспечение размещение государственного спортивного заказа в спортивных секциях для детей и юношества независимо от форм собственности поставщиков услуг государственного спортивного заказа, их ведомственной подчиненности, типов и видов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) обеспечение исполнение всех этапов и процедур размещения, контроля качества и целевого освоения государственного спортивного заказа в электронном и общедоступном форматах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) осуществлять в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 в редакции постановления акимата Амангельдинского района Костанайской области от 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
-[...15 lines deleted...]
-      2) осуществлять государственный контроль за безопасной эксплуатацией спортивного оборудования, предназначенного для занятий массовым спортом;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Отдела осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Отдел задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
-[...15 lines deleted...]
-      3) проводить районные спортивные соревнования по видам спорта совместно с местными аккредитованными спортивными федерациями;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководитель Отдела назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
-[...15 lines deleted...]
-      4) обеспечивать подготовку районных сборных команд по видам спорта и их выступления на областных спортивных соревнованиях;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия руководителя Отдела:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
-[...15 lines deleted...]
-      5) обеспечивать развитие массового спорта и национальных видов спорта на территории Амангельдинского района, Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет Отдел в государственных органах, иных организациях в соответствии с действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
-[...15 lines deleted...]
-      6) координировать деятельность районных физкультурно-спортивных организаций на территории Амангельдинского района, Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несет персональную ответственность за непринятие мер, направленных на противодействие коррупции в Отделе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
-[...15 lines deleted...]
-      7) создавать детско-юношеские клубы физической подготовки, в том числе адаптивной физической культуры и спорта;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подписывает приказы, служебную документацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
-[...15 lines deleted...]
-      8) оказывает государственные услуги в соответствии Реестром государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) назначает, освобождает и привлекает к дисциплинарной ответственности работников Отдела;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
-[...15 lines deleted...]
-      9) реализовать единый региональный календарь спортивно-массовых мероприятий;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организует работу с обращениями, проводит личный прием физических лиц и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
-[...15 lines deleted...]
-      10) координировать организацию и проведение спортивных мероприятий на территории Амангельдинского района, Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) определяет функциональные обязанности работников Отдела;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
-[...15 lines deleted...]
-      11) осуществлять сбор, анализ и предоставлять местному исполнительному органу области информацию по развитию физической культуры и спорта на территории района по форме и в сроки, установленные законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждает план финансирования Отдела по обязательствам и платежам, структуру Отдела в пределах установленного фонда оплаты труда и численности работников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
-[...15 lines deleted...]
-      12) формировать и утверждать районные списки сборных команд по видам спорта по предложениям региональных и местных аккредитованных спортивных федераций;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет иные полномочия в рамках установленной законодательством Республики Казахстан компетенции в сфере физической культуры и спорта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
-[...15 lines deleted...]
-      13) организовать медицинское обеспечение официальных физкультурных и спортивных мероприятий;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий руководителя Отдела в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...15 lines deleted...]
-      14) обеспечивать общественный порядок и общественную безопасность при проведении физкультурных и спортивных мероприятий;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
-[...15 lines deleted...]
-      15) оказывать методическую и консультативную помощь спортивным организациям;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Отдел может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
-[...15 lines deleted...]
-      16) обеспечивать деятельность районных и городских неспециализированных детско-юношеских школ;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Отдела формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
-[...15 lines deleted...]
-      17) обеспечивать инструкторами по физической культуре и спорту для работы с населением;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Имущество, закрепленное за Отделом относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
-[...15 lines deleted...]
-      18) создавать условия для развития физической культуры и спорта по месту жительства физических лиц и в местах их массового отдыха на территории Амангельдинского района, Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Отдел не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
-[...15 lines deleted...]
-      19) организовать совместно с уполномоченным органом в области физической культуры и спорта и общественными объединениями инвалидов проведение оздоровительных и спортивных мероприятий среди лиц с инвалидностью;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...15 lines deleted...]
-      20) осуществлять в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Реорганизация и упразднение Отдела осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...392 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2638,127 +2714,270 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ о государственном учреждении "Отдел внутренней политики, культуры и развития языков акимата Амангельдинского района"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z97" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z98" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел внутренней политики, культуры и развития языков акимата Амангельдинского района" (далее – Отдел) является государственным органом Республики Казахстан, осуществляющим руководство в сфере физической культуры и спорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="87"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z99" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Отдел имеет следующие ведомства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммунальное государственное учреждение "Молодежный ресурсный центр" отдела внутренней политики, культуры и развития языков акимата Амангельдинского района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммунальное государственное учреждение "Дом культуры имени К.Абенова" отдела внутренней политики, культуры и развития языков акимата Амангельдинского района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммунальное государственное учреждение "Центр обучения языкам" отдела внутренней политики, культуры и развития языков акимата Амангельдинского района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммунальное государственное учреждение "Централизованная библиотечная система" отдела внутренней политики, культуры и развития языков акимата Амангельдинского района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 2 в редакции постановления акимата Амангельдинского района Костанайской области от 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Отдел осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2773,1277 +2992,1416 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z101" w:id="88"/>
+    <w:bookmarkStart w:name="z101" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Отдел является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z102" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Отдел вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z103" w:id="90"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z103" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Отдел имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z104" w:id="91"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z104" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Отдел по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Отдела и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z105" w:id="92"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z105" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности государственного учреждения "Отдел внутренней политики, культуры и развития языков акимата Амангельдинского района" утверждаются в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z106" w:id="93"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z106" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 110200, Республика Казахстан, Костанайская область, Амангельдинский район, село Амангельды, улица Дуйсенбина, дом 38.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z107" w:id="94"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z107" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом Отдела.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z108" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Отдела осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z109" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Отделу запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Отдела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z110" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Отделу законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z111" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z112" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z113" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществление государственного управления и государственной политики в области внутренней политики, культуры и развития языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z114" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление государственной политики и государственного управления в области внутренней политики, культуры и развития языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z115" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z116" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z117" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать от государственных органов и должностных лиц, иных организаций и граждан информацию, необходимую для выполнения своих функций, привлекать работников государственных органов и иных организаций к участию в подготовке вопросов, относящихся к компетенции Отдела, создавать временные рабочие группы для выработки соответствующих предложений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z118" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представление прав и интересов Отдела, в том числе в судах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z119" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представление разъяснения юридическим и физическим лицам по вопросам, отнесенным к компетенции Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z120" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с органами государственного управления и организациями по вопросам культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z121" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от государственных органов, должностных лиц и других организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z122" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет иные функции в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z123" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z124" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдение норм действующего законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z125" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      качественное и своевременное исполнение актов и поручений Правительства Республики Казахстан и других центральных исполнительных органов, а также акима и акимата района, области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z126" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение доступности оказываемых государственных услуг, информированности потребителей о порядке оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z127" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление иных задач, предусмотренных действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z128" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z108" w:id="95"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности Отдела осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение реализации государственной молодежной политики в районе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создание и обеспечение деятельности консультативно-совещательных органов по реализации государственной молодежной политики в районе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление контроля за использованием (пошивом, размещением) государственных символов Республики Казахстан на территории района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление развлекательных культурно-массовых мероприятий района, а также проведения конкурсов, фестивалей и конкурсов среди любительских творческих объединений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы по учету, охране и использованию памятников истории, материальной и духовной культуры местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение мероприятий районного уровня, направленных на развитие государственного и других языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений в исполнительные органы областей о наименовании и переименовании сел, сельских округов, а также изменении их транскрипции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составление протокола об административном правонарушении в случаях и порядке, установленных законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение разъяснительной работы по недопущению дискриминации граждан по языковому принципу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение системной работы в области медиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утверждение государственный творческий заказ на финансирование творческих кружков для детей и юношества в пределах объемов бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение размещение государственного творческого заказа в творческих кружках для детей и юношества независимо от форм собственности поставщиков услуг государственного творческого заказа, их ведомственной подчиненности, типов и видов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z109" w:id="96"/>
-[...15 lines deleted...]
-      12. Отделу запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Отдела.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение исполнение всех этапов и процедур размещения, контроля качества и целевого освоения государственного творческого заказа в электронном и общедоступном форматах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z110" w:id="97"/>
-[...15 lines deleted...]
-      Если Отделу законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет мониторинг деятельности организаций культуры, расположенных на соответствующей территории, и предоставляет в местный исполнительный орган области, города республиканского значения и столицы информацию, а также статистические отчеты установленной формы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z111" w:id="98"/>
+    <w:bookmarkStart w:name="z55" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по сохранению историко-культурного наследия, содействует развитию исторических, национальных и культурных традиций и обычаев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 в редакции постановления акимата Амангельдинского района Костанайской области от 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
-[...19 lines deleted...]
-      13. Задачи:</w:t>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z113" w:id="100"/>
-[...15 lines deleted...]
-      1) осуществление государственного управления и государственной политики в области внутренней политики, культуры и развития языков.</w:t>
+    <w:bookmarkStart w:name="z140" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Отдела осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Отдел задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z114" w:id="101"/>
-[...15 lines deleted...]
-      2) осуществление государственной политики и государственного управления в области внутренней политики, культуры и развития языков.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководитель Отдела назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z115" w:id="102"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z142" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия руководителя Отдела:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z116" w:id="103"/>
-[...15 lines deleted...]
-      1) права:</w:t>
+    <w:bookmarkStart w:name="z143" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет Отдел в государственных органах, иных организациях в соответствии с действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z117" w:id="104"/>
-[...15 lines deleted...]
-      запрашивать от государственных органов и должностных лиц, иных организаций и граждан информацию, необходимую для выполнения своих функций, привлекать работников государственных органов и иных организаций к участию в подготовке вопросов, относящихся к компетенции Отдела, создавать временные рабочие группы для выработки соответствующих предложений;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несет персональную ответственность за непринятие мер, направленных на противодействие коррупции в Отделе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z118" w:id="105"/>
-[...15 lines deleted...]
-      представление прав и интересов Отдела, в том числе в судах;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подписывает приказы, служебную документацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z119" w:id="106"/>
-[...15 lines deleted...]
-      представление разъяснения юридическим и физическим лицам по вопросам, отнесенным к компетенции Отдела;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) назначает, освобождает и привлекает к дисциплинарной ответственности работников Отдела;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z120" w:id="107"/>
-[...15 lines deleted...]
-      взаимодействие с органами государственного управления и организациями по вопросам культуры;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организует работу с обращениями, проводит личный прием физических лиц и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z121" w:id="108"/>
-[...15 lines deleted...]
-      в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от государственных органов, должностных лиц и других организаций;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) определяет функциональные обязанности работников Отдела;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z122" w:id="109"/>
-[...15 lines deleted...]
-      осуществляет иные функции в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждает план финансирования Отдела по обязательствам и платежам, структуру Отдела в пределах установленного фонда оплаты труда и численности работников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z123" w:id="110"/>
-[...15 lines deleted...]
-      2) обязанности:</w:t>
+    <w:bookmarkStart w:name="z150" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет иные полномочия в рамках установленной законодательством Республики Казахстан компетенции в сфере физической культуры и спорта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z124" w:id="111"/>
-[...15 lines deleted...]
-      соблюдение норм действующего законодательства Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий руководителя Отдела в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z125" w:id="112"/>
-[...15 lines deleted...]
-      качественное и своевременное исполнение актов и поручений Правительства Республики Казахстан и других центральных исполнительных органов, а также акима и акимата района, области;</w:t>
+    <w:bookmarkStart w:name="z152" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z126" w:id="113"/>
-[...15 lines deleted...]
-      обеспечение доступности оказываемых государственных услуг, информированности потребителей о порядке оказания государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z153" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Отдел может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z127" w:id="114"/>
-[...15 lines deleted...]
-      осуществление иных задач, предусмотренных действующим законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z154" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Отдела формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z128" w:id="115"/>
-[...15 lines deleted...]
-      15. Функции:</w:t>
+    <w:bookmarkStart w:name="z155" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Имущество, закрепленное за Отделом относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z129" w:id="116"/>
-[...15 lines deleted...]
-      обеспечение реализации государственной молодежной политики в районе;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Отдел не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z130" w:id="117"/>
-[...15 lines deleted...]
-      создание и обеспечение деятельности консультативно-совещательных органов по реализации государственной молодежной политики в районе;</w:t>
+    <w:bookmarkStart w:name="z157" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z131" w:id="118"/>
-[...15 lines deleted...]
-      осуществление контроля за использованием (пошивом, размещением) государственных символов Республики Казахстан на территории района;</w:t>
+    <w:bookmarkStart w:name="z158" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Реорганизация и упразднение Отдела осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z132" w:id="119"/>
-[...532 lines deleted...]
-    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>