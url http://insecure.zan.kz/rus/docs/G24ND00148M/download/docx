--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b1583a" w14:textId="5b1583a">
+    <w:p w14:paraId="4568cd0" w14:textId="4568cd0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -202,51 +202,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Утвердить бюджет поселка Октябрьский города Лисаковска на 2025-2027 годы согласно </w:t>
+        <w:t xml:space="preserve">1. Утвердить бюджет поселка Октябрьский города Лисаковска на 2025-2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -282,51 +282,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 198449,2 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 199895,1 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговым поступлениям – 37770,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
@@ -362,71 +362,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлениям от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 160679,2 тысяч тенге;</w:t>
+      поступлениям трансфертов – 162125,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 200836,8 тысяч тенге;</w:t>
+      2) затраты – 202282,7 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -487,61 +487,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата города Лисаковска Костанайской области от 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата города Лисаковска Костанайской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 180</w:t>
+        <w:t>№ 212</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1034,9003 +1034,87 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Октябрьский города Лисаковска на 2025 год</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата города Лисаковска Костанайской области от 16.07.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата города Лисаковска Костанайской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 180</w:t>
+        <w:t>№ 212</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
-      </w:r>
-[...8915 lines deleted...]
-        <w:t xml:space="preserve"> Бюджет поселка Октябрьский города Лисаковска на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -10476,235 +1560,243 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...69 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Доходы</w:t>
-[...35 lines deleted...]
-121 078,0</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10760,161 +1852,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоговые поступления</w:t>
-[...35 lines deleted...]
-41 191,0</w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+199 895,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10938,87 +2030,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подоходный налог</w:t>
-[...35 lines deleted...]
-11 878,0</w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 770,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11038,165 +2130,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Индивидуальный подоходный налог</w:t>
-[...35 lines deleted...]
-11 878,0</w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 375,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11216,165 +2308,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалоги на собственность</w:t>
-[...35 lines deleted...]
-29 273,0</w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 375,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11394,165 +2486,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалоги на имущество</w:t>
-[...35 lines deleted...]
-1 969,0</w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 358,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11613,124 +2705,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Земельный налог</w:t>
-[...35 lines deleted...]
-87,0</w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 840,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11791,124 +2883,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалог на транспортные средства</w:t>
-[...35 lines deleted...]
-27 217,0</w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11928,165 +3020,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние налоги на товары, работы и услуги</w:t>
-[...35 lines deleted...]
-40,0</w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12106,417 +3198,417 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других ресурсов</w:t>
-[...35 lines deleted...]
-40,0</w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...73 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
-[...35 lines deleted...]
-79 887,0</w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12540,87 +3632,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
-[...35 lines deleted...]
-79 887,0</w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162 125,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12640,437 +3732,496 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районного (города областного значения) бюджета</w:t>
-[...35 lines deleted...]
-79 887,0</w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162 125,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...66 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162 125,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -13114,114 +4265,82 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Программа</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -13328,51 +4447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -13510,296 +4629,285 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II. Затраты</w:t>
-[...37 lines deleted...]
-          </w:p>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 01</w:t>
-[...167 lines deleted...]
-44 291,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13819,405 +4927,401 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-44 291,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202 282,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-44 291,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 918,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14237,405 +5341,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-44 291,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 918,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-26 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 918,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14655,196 +5759,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-26 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 575,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14896,373 +6000,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-26 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+342,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-19 402,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 420,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15282,196 +6386,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3 376,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 420,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15523,373 +6627,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3 953,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 420,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-14 101,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 977,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15909,196 +7013,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-14 101,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 130,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16150,582 +7254,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-14 101,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 312,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-14 101,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 989,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-35 955,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 989,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16745,196 +7849,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-35 955,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 989,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16986,164 +8090,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-35 955,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 589,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17236,328 +8340,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-042</w:t>
-[...71 lines deleted...]
-35 955,0</w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17577,50 +8685,882 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга аппарата акима города районного значения, села, поселка, сельского округа по выплате вознаграждений и иных платежей по займам из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2 387,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17718,51 +9658,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+2 387,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17801,51 +9741,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 3 </w:t>
+              <w:t xml:space="preserve">Приложение 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -18002,68 +9942,8098 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="14"/>
+    <w:bookmarkStart w:name="z30" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет поселка Октябрьский города Лисаковска на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 078,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 191,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 878,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 878,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 273,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 969,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 217,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 887,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 887,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 887,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 078,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 291,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 291,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 291,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 291,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 731,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 731,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 731,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 402,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 376,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 953,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 101,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 101,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 101,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 101,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга аппарата акима города районного значения, села, поселка, сельского округа по выплате вознаграждений и иных платежей по займам из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 27 декабря 2024 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z35" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Октябрьский города Лисаковска на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -25824,55 +25794,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>