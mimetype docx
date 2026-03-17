--- v0 (2025-12-15)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="76ad330" w14:textId="76ad330">
+    <w:p w14:paraId="7b87166" w14:textId="7b87166">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,370 +216,340 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="1"/>
+    <w:bookmarkStart w:name="z21" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет села Толеп на 2025 – 2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 636 821,5 тысяча тенге, в том числе по:</w:t>
+      1) доходы – 601 577,4 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 4 983,5 тысячи тенге;</w:t>
+      налоговым поступлениям – 7 403,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлениям от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 631 838,0 тысяч тенге;</w:t>
+      поступлениям трансфертов – 594 174,4 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 637 493,0 тысячи тенге;</w:t>
+      2) затраты – 602 248,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – - 671,5 тысяча тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 671,5 тысяча тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -597,167 +567,165 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 17.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/214</w:t>
+        <w:t xml:space="preserve">№ 36/278 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что из районного бюджета в бюджет села Толеп на 2025 год выделена субвенция в сумме 23 748,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Утвердить перечень бюджетных программ развития направленных на реализацию бюджетных инвестиционных проектов бюджета села Толеп на 2025 год согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z23" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -919,51 +887,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к решению</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -984,51 +952,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бейнеуского районного маслихата</w:t>
+              <w:t>к решению Бейнеуского</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1049,100 +1017,163 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 30 декабря 2024 года №25/194</w:t>
+              <w:t>районного маслихата от</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 декабря 2024 года №25/194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Толеп на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 17.03.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/214</w:t>
+        <w:t xml:space="preserve">№ 36/278 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1736,51 +1767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-636 821,5</w:t>
+601 577,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1913,51 +1944,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 983,5</w:t>
+7 403,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2090,51 +2121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 191,5</w:t>
+2 794,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2267,51 +2298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 191,5</w:t>
+2 794,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2444,51 +2475,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 923,0</w:t>
+4 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2798,51 +2829,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,0</w:t>
+4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2975,51 +3006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 852,0</w:t>
+4 050,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3152,51 +3183,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24,0</w:t>
+66,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3329,51 +3360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-869,0</w:t>
+444,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3506,51 +3537,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-869,0</w:t>
+444,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3683,51 +3714,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-631 838,0</w:t>
+594 174,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3860,51 +3891,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-631 838,0</w:t>
+594 174,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4037,51 +4068,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-631 838,0</w:t>
+594 174,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4810,51 +4841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-637 493,0</w:t>
+602 248,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4987,51 +5018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 815,0</w:t>
+31 495,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5164,51 +5195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 815,0</w:t>
+31 495,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5341,51 +5372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 815,0</w:t>
+31 495,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5518,51 +5549,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115 242,0</w:t>
+78 554,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5695,51 +5726,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115 242,0</w:t>
+78 554,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5872,51 +5903,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+1 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6049,51 +6080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-112 242,0</w:t>
+77 054,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6226,51 +6257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-488 436,0</w:t>
+492 198,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6403,51 +6434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-488 436,0</w:t>
+492 198,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6580,51 +6611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-488 436,0</w:t>
+492 198,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9254,68 +9285,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 декабря 2024 года №25/194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Толеп на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -18050,68 +18081,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 декабря 2024 года №25/194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Толеп на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -26846,68 +26877,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 декабря 2024 года №25/194</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="23"/>
+    <w:bookmarkStart w:name="z39" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень бюджетных программ развития села Толеп направленных на реализацию бюджетных инвестиционных проектов (программ) на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -27867,55 +27898,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>