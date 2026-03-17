--- v0 (2025-11-09)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fa3edcd" w14:textId="fa3edcd">
+    <w:p w14:paraId="5161399" w14:textId="5161399">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,141 +251,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет села Боранкул на 2025 – 2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 461 258,9 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 451 701,0 тысяча тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 61 641,9 тысяча тенге;</w:t>
+      налоговым поступлениям – 95 032,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступлениям – 628,0 тысяч тенге;</w:t>
+      неналоговым поступлениям – 629,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступлениям от продажи основного капитала – 918,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 398 071,0 тысяча тенге;</w:t>
+      поступлениям трансфертов – 355 122,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 462 025,3 тысяч тенге;</w:t>
+      2) затраты – 452 467,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -567,61 +567,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 22.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33/251</w:t>
+        <w:t xml:space="preserve">№ 36/273 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -847,51 +847,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к решению</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -912,51 +912,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бейнеуского районного маслихата</w:t>
+              <w:t>к решению Бейнеуского</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -977,110 +977,10545 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 30 декабря 2024 года №25/188</w:t>
+              <w:t>районного маслихата от</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 декабря 2024 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№25/188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Боранкул на 2025 год </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бейнеуского районного маслихата Мангистауской области 22.08.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 33/251</w:t>
+        <w:t xml:space="preserve">№ 36/273 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+451 701,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95 032,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 135,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 135,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 896,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+606,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+144,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 803,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+343,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 001,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 001,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+629,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+628,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+628,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+918,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+918,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+918,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+355 122,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+355 122,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферты из районного (города областного значения) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+355 122,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452 467,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202 483,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202 483,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70 391,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+053</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление коммунальным имуществом города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 092,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+226 048,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+226 048,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 252,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201 795,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 936,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 936,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 936,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-766,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+766,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+766,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+766,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+766,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+766,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1105,51 +11540,264 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к решению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бейнеуского районного маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 30 декабря 2024 года №25/188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z30" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет села Боранкул на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1667,52 +12315,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1734,51 +12413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-461 258,9</w:t>
+465 458,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1845,52 +12524,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1912,51 +12622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 641,9</w:t>
+50 908,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2023,52 +12733,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2090,51 +12831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 465,9</w:t>
+22 853,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2201,52 +12942,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2268,51 +13040,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 465,9</w:t>
+22 853,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2379,52 +13151,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2446,51 +13249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 175,0</w:t>
+24 689,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2557,52 +13360,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2624,51 +13458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 159,0</w:t>
+673,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2735,52 +13569,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2913,52 +13778,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3091,52 +13987,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3231,90 +14158,121 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...38 lines deleted...]
-            <w:gridSpan w:val="2"/>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3336,51 +14294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 001,0</w:t>
+3 366,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3447,52 +14405,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3514,51 +14503,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 001,0</w:t>
+3 366,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3625,52 +14614,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3765,90 +14785,121 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...38 lines deleted...]
-            <w:gridSpan w:val="2"/>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3981,52 +15032,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4159,52 +15241,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4337,52 +15450,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4515,52 +15659,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4693,52 +15868,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4760,51 +15966,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-398 071,0</w:t>
+413 004,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4871,52 +16077,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4938,51 +16175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-398 071,0</w:t>
+413 004,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5049,52 +16286,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5116,51 +16384,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-398 071,0</w:t>
+413 004,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5856,52 +17124,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5923,51 +17222,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-462 025,3</w:t>
+465 458,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6034,52 +17333,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6101,51 +17431,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115 039,0</w:t>
+108 127,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6212,52 +17542,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6279,51 +17640,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115 039,0</w:t>
+108 127,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6390,52 +17751,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6457,51 +17849,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 391,0</w:t>
+66 479,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6568,52 +17960,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 053</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6635,51 +18058,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 648,0</w:t>
+41 648,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6746,52 +18169,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6813,51 +18267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-311 049,3</w:t>
+350 022,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6924,52 +18378,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6991,51 +18476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-311 049,3</w:t>
+350 022,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7102,52 +18587,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7169,51 +18685,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 253,0</w:t>
+30 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7280,52 +18796,83 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7347,51 +18894,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-286 796,3</w:t>
+319 355,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7458,52 +19005,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7525,51 +19103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 936,7</w:t>
+7 309,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7636,52 +19214,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7703,51 +19312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 936,7</w:t>
+7 309,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7808,124 +19417,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-012</w:t>
-[...72 lines deleted...]
-12 000,0</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 309,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7977,311 +19617,365 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...81 lines deleted...]
-23 936,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...145 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8301,165 +19995,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...113 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8511,133 +20232,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...81 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8700,82 +20448,113 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3. Чистое бюджетное кредитование</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8874,82 +20653,113 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Бюджетные кредиты</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9048,82 +20858,113 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9222,82 +21063,113 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-4. Сальдо по операциям с финансовыми активами</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9396,82 +21268,113 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Приобретение финансовых активов</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9570,82 +21473,113 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Поступления от продажи финансовых активов государства</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9744,292 +21678,358 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
--766,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...141 lines deleted...]
-766,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10049,125 +22049,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-Поступление займов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10255,837 +22290,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Погашение займов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...706 lines deleted...]
-766,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11110,51 +22472,67 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3 к решению</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -11173,51 +22551,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к решению</w:t>
+              <w:t>Бейнеуского районного маслихата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11238,11025 +22616,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бейнеуского районного маслихата</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>от 30 декабря 2024 года №25/188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="4"/>
-[...10885 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="5"/>
+    <w:bookmarkStart w:name="z34" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Боранкул на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -32938,55 +33365,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>