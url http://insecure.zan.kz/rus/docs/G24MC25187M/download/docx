--- v0 (2025-12-27)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e4f0301" w14:textId="e4f0301">
+    <w:p w14:paraId="4b1e7b3" w14:textId="4b1e7b3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,141 +251,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет села Бейнеу на 2025 – 2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 1 706 077,6 тысяч тенге, в том числе по:</w:t>
+      1) доходы – 1 687 444,2 тысячи тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 457 665,6 тысяч тенге;</w:t>
+      налоговым поступлениям – 602 425,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступлениям – 0 тенге;</w:t>
+      неналоговым поступлениям – 501,0 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 28 910,0 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 42 356,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 1 219 502,0 тысячи тенге;</w:t>
+      поступлениям трансфертов – 1 042 162,2 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 1 713 957,3 тысяч тенге;</w:t>
+      2) затраты – 1 695 323,9 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -567,61 +567,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 22.08.2025 № </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">33/250 </w:t>
+        <w:t xml:space="preserve">№ 36/272 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -827,51 +827,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к решению</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -892,51 +892,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бейнеуского районного маслихата</w:t>
+              <w:t>к решению Бейнеуского</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -957,100 +957,163 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 30 декабря 2024 года №25/187</w:t>
+              <w:t>районного маслихата от</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 декабря 2024 года №25/187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет села Бейнеу на 2025 год  </w:t>
+        <w:t xml:space="preserve"> Бюджет села Бейнеу на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решении Бейнеуского районного маслихата Мангистауской области от 22.08.2025 № </w:t>
+      Сноска. Приложение 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">33/250 </w:t>
+        <w:t xml:space="preserve">№ 36/272 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1067,70 +1130,68 @@
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z26" w:id="3"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1662,51 +1723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 706 077,6</w:t>
+1 687 444,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1843,51 +1904,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-457 665,6</w:t>
+602 425,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2024,51 +2085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-266 751,6</w:t>
+405 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2205,51 +2266,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-266 751,6</w:t>
+405 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2386,51 +2447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-188 111,0</w:t>
+195 971,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2567,51 +2628,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 717,0</w:t>
+6 072,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2929,51 +2990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-180 260,0</w:t>
+187 065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3110,51 +3171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 465,0</w:t>
+1 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3291,51 +3352,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 803,0</w:t>
+1 454,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3472,92 +3533,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 803,0</w:t>
+1 454,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3616,88 +3677,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи основного капитала</w:t>
+Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 910,0</w:t>
+501,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3727,51 +3788,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
+06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3797,88 +3858,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа земли и нематериальных активов</w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 910,0</w:t>
+501,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3978,129 +4039,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Продажа земли</w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 910,0</w:t>
+501,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4158,89 +4219,89 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Поступления трансфертов </w:t>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 219 502,0</w:t>
+42 356,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4270,51 +4331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4340,88 +4401,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 219 502,0</w:t>
+42 356,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4484,302 +4545,529 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Трансферты из районного (города областного значения) бюджета </w:t>
+              <w:t>
+Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 219 502,0</w:t>
+42 356,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...66 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 042 162,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 042 162,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
@@ -4791,620 +5079,424 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Программа</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферты из районного (города областного значения) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 042 162,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...143 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...100 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -5424,61 +5516,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5503,89 +5591,66 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
-[...37 lines deleted...]
-          </w:p>
+Наименование </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -5638,172 +5703,172 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+2. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-155 686,0</w:t>
+1 695 323,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5819,209 +5884,205 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Управление коммунальным имуществом города районного значения, села, поселка, сельского округа</w:t>
+Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-131 709,0</w:t>
+291 918,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6046,87 +6107,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жилищно-коммунальное хозяйство</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700 885,2</w:t>
+291 918,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6148,166 +6209,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700 885,2</w:t>
+165 326,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6371,163 +6432,167 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
+053</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспечение санитарии населенных пунктов</w:t>
+Управление коммунальным имуществом города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-127 991,0</w:t>
+126 592,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6543,209 +6608,205 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Благоустройство и озеленение населенных пунктов</w:t>
+Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-572 894,2</w:t>
+712 885,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6770,87 +6831,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Транспорт и коммуникации</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-233 677,0</w:t>
+712 885,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6872,166 +6933,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-233 677,0</w:t>
+127 991,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7095,163 +7156,167 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
+011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 524,0</w:t>
+584 894,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7267,209 +7332,205 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-182 153,0</w:t>
+184 836,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7494,87 +7555,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прочие</w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-491 989,8</w:t>
+184 836,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7596,166 +7657,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-491 989,8</w:t>
+48 001,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7819,124 +7880,667 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-057</w:t>
+045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 835,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+505 673,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+505 673,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-488 107,0</w:t>
+501 791,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11423,68 +12027,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 декабря 2024 года №25/187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="4"/>
+    <w:bookmarkStart w:name="z29" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Бейнеу на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -21682,68 +22286,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 декабря 2024 года №25/187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="5"/>
+    <w:bookmarkStart w:name="z33" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Бейнеу на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -31798,55 +32402,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>