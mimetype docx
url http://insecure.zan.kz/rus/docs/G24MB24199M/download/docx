--- v0 (2025-11-12)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fca2486" w14:textId="fca2486">
+    <w:p w14:paraId="8db26a1" w14:textId="8db26a1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,631 +93,657 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О бюджете села Кендерли на 2025 - 2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Жанаозенского городского маслихата Мангистауской области от 30 декабря 2024 года № 24/199</w:t>
+        <w:t>Решение Жанаозенского городского маслихата Мангистауской области от 30 декабря 2024 года № 24/199.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сноска. Вводится в действие с 01.01.2025 в соответствии с пунктом 3 настоящего решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z23" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы – 1 441 147,0 тысяч тенге, в том числе по:</w:t>
+      В соответствии с Бюджетным кодексом Республики Казахстан, Законом Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Жанаозенский городской маслихат </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения Жанаозенского городского маслихата Мангистауской области от 22.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 29/254 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 84 780,0 тысяч тенге;</w:t>
+      1. Утвердить бюджет села Кендерли на 2025 - 2027 годы согласно приложениям 1, 2 и 3 соответственно к настоящему решению, в том числе на 2025 год следущих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступлениям – 0 тенге;</w:t>
+      1)доходы – 1 325 759,6 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 0 тенге;</w:t>
+      налоговым поступлениям – 93 677,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 1 356 367,0 тысяч тенге;</w:t>
+      неналоговым поступлениям – 2,3 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)затраты – 1 441 147,0 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 6 084,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступлениям трансфертов – 1 225 995,6 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2)затраты – 1 325 775,7 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4)сальдо по операциям с финансовыми активами – 0 тенге, в том</w:t>
+      4)сальдо по операциям с финансовыми активами – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5)дефицит (профицит) бюджета – 0 тенге;</w:t>
+      5)дефицит (профицит) бюджета – -16,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6)финансирование дефицита (использование профицита) бюджета –</w:t>
+      6)финансирование дефицита (использование профицита) бюджета – 16,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 0 тенге.</w:t>
+      используемые остатки бюджетных средств – 16,1 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Жанаозенского городского маслихата Мангистауской области от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 33/296 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Учесть, что из городского бюджета в бюджет села Кендерли на 2025 год выделена субвенция в сумме 1 355 844,0 тысячи тенге.</w:t>
+      2. Учесть, что из городского бюджета в бюджет села Кендерли на 2025 год выделена субвенция в сумме 1 225 472,6 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции решения Жанаозенского городского маслихата Мангистауской области от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 33/296 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -954,51 +980,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к решению Жанаозенского </w:t>
+              <w:t>к решению Жанаозенского городского</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1019,139 +1045,110 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">городского маслихата </w:t>
-[...64 lines deleted...]
-              <w:t>от 30 декабря 2024 года № 24/199</w:t>
+              <w:t>маслихата от 30 декабря 2024 года № 24/199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Кендерли на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Жанаозенского городского маслихата Мангистауской области от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 33/296 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1738,51 +1735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 441 147,0</w:t>
+1 325 759,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1916,51 +1913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84 780,0</w:t>
+93 677,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2094,51 +2091,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 158,0</w:t>
+14 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2272,51 +2269,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 158,0</w:t>
+14 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2450,51 +2447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75 622,0</w:t>
+79 153,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2628,51 +2625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 657,0</w:t>
+740,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2806,51 +2803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-900,0</w:t>
+84,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2984,51 +2981,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 065,0</w:t>
+78 324,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3048,165 +3045,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3226,207 +3223,203 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3441,202 +3434,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плата за пользование земельными участками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3660,87 +3657,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Другие неналоговые поступления в местный бюджет</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3760,207 +3757,203 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие неналоговые поступления в местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3975,202 +3968,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
- 1 356 367,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Другие неналоговые поступления </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4194,87 +4191,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
-[...35 lines deleted...]
-1 356 367,0</w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 084,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4294,407 +4291,568 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1 356 367,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 084,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...103 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 077,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 007,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...13 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4704,1360 +4862,1048 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...36 lines deleted...]
-          <w:p/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 225 995,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...114 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 225 995,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...95 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 225 995,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
- 1 441 147,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...198 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-60 920,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6141,550 +5987,546 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 325 775,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-35 780,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154 938,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
- 1 059 009,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154 938,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6704,196 +6546,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
- 1 059 009,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154 938,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6945,164 +6787,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
- 1 059 009,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7195,123 +7037,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-160 000,0</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 243,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7404,541 +7246,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-150 000,0</w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные затраты подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 845,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-749 009,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+789 962,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-276 814,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+789 962,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7958,196 +7800,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-276 814,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+789 962,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8199,164 +8041,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-276 814,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8449,541 +8291,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-276 814,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-8 624,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+479 962,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-8 624,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341 452,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9003,196 +8845,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-8 624,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341 452,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9244,164 +9086,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-8 624,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341 452,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9485,333 +9327,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно – досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341 452,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 423,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9831,192 +9681,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 423,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10068,160 +9922,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 423,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10305,128 +10163,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 423,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10551,51 +10413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10756,51 +10618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Дефицит (профицит) бюджета</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10961,69 +10823,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Финансирование дефицита (использование</w:t>
-[...17 lines deleted...]
-профицита) бюджета</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11184,51 +11028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления займов</w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11389,920 +11233,1367 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение займов</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-16,1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...103 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16,1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...96 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...109 lines deleted...]
-Используемые остатки бюджетных средств</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...97 lines deleted...]
-0,0</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12325,50 +12616,646 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12397,51 +13284,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+16,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12681,68 +13568,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 декабря 2024 года № 24/199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Кендерли на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23854,68 +24741,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 декабря 2024 года № 24/199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:bookmarkStart w:name="z39" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Кендерли на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>