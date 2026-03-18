--- v0 (2025-12-28)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="38e88eb" w14:textId="38e88eb">
+    <w:p w14:paraId="5389ba2" w14:textId="5389ba2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -231,159 +231,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Утвердить бюджет села Тенге на 2025 - 2027 годы согласно приложениям 1, 2 и 3 соответственно к настоящему решению, в том числе на 2025 год в следующих обьемах:</w:t>
+      1. Утвердить бюджет села Тенге на 2025 - 2027 годы согласно приложениям 1, 2 и 3 соответственно к настоящему решению, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 800 920,7 тысяча тенге, в том числе по:</w:t>
+      1) доходы – 853 570,7 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 140 310,0 тысяч тенге;</w:t>
+      налоговым поступлениям – 179 346,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступлениям – 335,0 тысяч тенге;</w:t>
+      неналоговым поступлениям – 422,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 4 178,0 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 9 000,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 656 097,7 тысяч тенге;</w:t>
+      поступлениям трансфертов – 664 802,7 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 803 563,5 тысяч тенге;</w:t>
+      2) затраты – 856 213,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -465,69 +465,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 2 642, 8 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 2 642, 8 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 2 642, 8 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 2 642, 8 тысячи тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -537,179 +537,139 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 2 642, 8 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 2 642, 8 тысячи тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Жанаозенского городского маслихата Мангистауской области от 22.08.2025 № </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t>      Сноска. Пункт 1 в редакции решения Жанаозенского городского маслихата Мангистауской области от 26.11.2025 № 33/294 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Учесть, что из городского бюджета в бюджет села Тенге на 2025 год выделена субвенция в сумме 655 931,7 тысяч тенге.</w:t>
+      2. Учесть, что из городского бюджета в бюджет села Тенге на 2025 год выделена субвенция в сумме 664 636,7 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции решения Жанаозенского городского маслихата Мангистауской области от 22.08.2025 № </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t>      Сноска. Пункт 2 в редакции решения Жанаозенского городского маслихата Мангистауской области от 26.11.2025 № 33/294 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1138,72 +1098,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Тенге на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения Жанаозенского городского маслихата Мангистауской области от 26.11.2025 № 33/294 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -1298,51 +1238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма,     тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1541,130 +1481,136 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1794,51 +1740,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-800 920,7</w:t>
+853 570,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1972,51 +1918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140 310,0</w:t>
+179 346,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2150,51 +2096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 169,0</w:t>
+24 175,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2328,51 +2274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 169,0</w:t>
+24 175,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2506,51 +2452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111 924,0</w:t>
+129 721,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2684,51 +2630,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 488,0</w:t>
+1 523,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3040,51 +2986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110 264,0</w:t>
+128 026,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3218,51 +3164,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 217,0</w:t>
+25 450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3396,51 +3342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 217,0</w:t>
+25 450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3574,51 +3520,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-335,0</w:t>
+422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3752,51 +3698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-335,0</w:t>
+422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3930,51 +3876,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-335,0</w:t>
+422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4108,51 +4054,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 178,0</w:t>
+9 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4286,51 +4232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 178,0</w:t>
+9 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4464,51 +4410,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 056,0</w:t>
+6 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4642,51 +4588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122,0</w:t>
+2 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4820,51 +4766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-656 097,7</w:t>
+664 802,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4998,51 +4944,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-656 097,7</w:t>
+664 802,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5140,87 +5086,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районного (города областного значения) бюджета</w:t>
-[...35 lines deleted...]
-656 097,7</w:t>
+Трансферты из районного (города областного  значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+664 802,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5292,51 +5238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма,     тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5661,130 +5607,136 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5945,51 +5897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-803 563,5</w:t>
+856 213,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6154,51 +6106,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189 188,0</w:t>
+198 485,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6363,51 +6315,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189 188,0</w:t>
+198 485,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6572,51 +6524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189 188,0</w:t>
+198 485,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6781,51 +6733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105 663,0</w:t>
+119 967,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6990,51 +6942,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 471,0</w:t>
+ 464,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7408,51 +7360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-438 384,0</w:t>
+471 884,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7617,51 +7569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-438 384,0</w:t>
+471 884,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7826,51 +7778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-438 384,0</w:t>
+471 884,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8035,51 +7987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80 000,0</w:t>
+83 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8453,51 +8405,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179 413,0</w:t>
+209 413,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8662,51 +8614,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 491,5</w:t>
+160 491,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8871,51 +8823,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 491,5 </w:t>
+160 491,5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9080,51 +9032,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 491,5</w:t>
+160 491,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9289,51 +9241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 491,5</w:t>
+160 491,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9498,51 +9450,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 500,0</w:t>
+25 353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9707,51 +9659,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 500,0</w:t>
+25 353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9916,51 +9868,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 500,0</w:t>
+25 353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10125,51 +10077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 500,0</w:t>
+25 353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10294,51 +10246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Чистое бюджетное кредитование</w:t>
+3. Чистое  бюджетное  кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10909,51 +10861,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Сальдо по операциям с финансовыми активами</w:t>
+4. Сальдо по операциям  с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11728,52 +11680,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-6. Финансирование дефицита (использование</w:t>
+              <w:t xml:space="preserve">
+6. Финансирование  дефицита (использование </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12309,51 +12261,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сумма,     тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12552,130 +12504,136 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12772,52 +12730,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Используемые остатки бюджетных средств</w:t>
+              <w:t xml:space="preserve">
+Используемые остатки бюджетных средств                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12950,52 +12908,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Остатки бюджетных средств</w:t>
+              <w:t xml:space="preserve">
+Остатки  бюджетных средств                                               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13128,52 +13086,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Свободные остатки бюджетных средств</w:t>
+              <w:t xml:space="preserve">
+Свободные остатки бюджетных средств                             </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37011,55 +36969,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>