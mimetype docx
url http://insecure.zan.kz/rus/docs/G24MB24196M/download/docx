--- v0 (2025-12-27)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="759c3f8" w14:textId="759c3f8">
+    <w:p w14:paraId="5fadf35" w14:textId="5fadf35">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -231,141 +231,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1.Утвердить бюджета села Кызылсай на 2025 – 2027 годы согласно приложениям 1, 2 и 3 соответственно к настоящему решению, в том числе на 2025 год в следующих обьемах:</w:t>
+      1.Утвердить бюджета села Кызылсай на 2025 – 2027 годы согласно приложениям 1, 2 и 3 соответственно к настоящему решению, в том числе на 2025 год следующих обьемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы – 911 066,0 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговым поступлениям – 43 387 тысяч тенге;</w:t>
+      налоговым поступлениям – 54 546,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговым поступлениям – 0 тенге;</w:t>
+      ненологовым поступлениям – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям от продажи основного капитала – 448 тысяч тенге;</w:t>
+      поступлениям от продажи основного капитала – 577,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 867 231,0 тысяча тенге;</w:t>
+      поступлениям трансфертов – 852 576,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) затраты – 917 405,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -393,51 +393,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов – 0 тенге;</w:t>
+      погащение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -565,141 +565,141 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Жанаозенского городского маслихата Мангистауской области  от 22.08.2025 № </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Жанаозенского городского маслихата Мангистауской области от 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29/251 </w:t>
+        <w:t xml:space="preserve">№ 33/293 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Учесть, что из городского бюджета в бюджет села Кызылсай на 2025 год выделена субвенция в сумме 867 086,0 тысяч тенге.</w:t>
+      2. Учесть, что из городского бюджета в бюджет села Кызылсай на 2025 год выделена субвенция в сумме 852 431,0 тысяча тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции решения Жанаозенского городского маслихата Мангистауской области от 22.08.2025 № </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции решения Жанаозенского городского маслихата Мангистауской области от 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29/251 </w:t>
+        <w:t xml:space="preserve">№ 33/293 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -828,50 +828,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Г. Байжанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -891,386 +909,585 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к решению Жанаозенского городского </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">маслихата от 30 декабря 2024 года </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>№ 24/196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Кызылсай на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Жанаозенского городского маслихата Мангистауской области от 22.08.2025 № </w:t>
+      Сноска. Приложение 1 в редакции решения Жанаозенского городского маслихата Мангистауской области от 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29/251 </w:t>
+        <w:t xml:space="preserve">№ 33/293 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="2"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1972,51 +2189,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 387,0</w:t>
+54 546,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2150,51 +2367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4 077,0 </w:t>
+8 890,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2328,51 +2545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4 077,0 </w:t>
+8 890,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2506,51 +2723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-37 707,0 </w:t>
+44 096,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2684,51 +2901,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-448,0 </w:t>
+577,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3040,51 +3257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-37 199,0 </w:t>
+43 459,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3396,51 +3613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 603,0</w:t>
+1 560,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3574,51 +3791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 603,0</w:t>
+1 560,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4286,51 +4503,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-448,0</w:t>
+3 944,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4464,51 +4681,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-448,0</w:t>
+3 944,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4642,51 +4859,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-309,0</w:t>
+1 567,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4820,51 +5037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+2 376,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4998,51 +5215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-867 231,0</w:t>
+852 576,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5176,51 +5393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-867 231,0</w:t>
+852 576,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5354,51 +5571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-867 231,0</w:t>
+852 576,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5839,69 +6056,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Про</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-грам</w:t>
-[...17 lines deleted...]
-ма</w:t>
+грамма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6443,51 +6642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110 247,0</w:t>
+135 086,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6652,51 +6851,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110 247,0</w:t>
+135 086,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6861,51 +7060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110 247,0</w:t>
+135 086,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7070,51 +7269,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89 471,0</w:t>
+114 310,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7279,469 +7478,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 776,0</w:t>
+476,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-678 932,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-678 932,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+634 134,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7761,196 +7960,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-678 932,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+634 134,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8002,164 +8201,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-110 390,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+634 134,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8252,123 +8451,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-141 750,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+101 494,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8461,541 +8660,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-426 792,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+141 750,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-118 506,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+390 890,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-118 506,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139 506,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9015,196 +9214,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-118 506,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139 506,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9256,582 +9455,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-118 506,7 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139 506,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-9 720,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно – досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139 506,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-9 720,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 679,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9851,196 +10050,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-9 720,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 679,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10092,50 +10291,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 679,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10205,51 +10613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 720,0</w:t>
+8 679,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13314,132 +13722,100 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -13458,51 +13834,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">маслихата от 30 декабря 2024 года </w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13523,74 +13899,204 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">к решению Жанаозенского городского </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">маслихата от 30 декабря 2024 года </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>№ 24/196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="3"/>
+    <w:bookmarkStart w:name="z31" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Кызылсай на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -25667,68 +26173,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="4"/>
+    <w:bookmarkStart w:name="z36" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Кызылсай на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -37597,55 +38103,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>