--- v0 (2025-12-28)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7b57f67" w14:textId="7b57f67">
+    <w:p w14:paraId="5ee6b65" w14:textId="5ee6b65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,51 +252,68 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 75 Кодекса Республики Казахстан "Бюджетный кодекс Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Шиелийский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет сельского округа Майлытогай на 2025-2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -331,453 +348,452 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z47" w:id="2"/>
+    <w:bookmarkStart w:name="z62" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 83 675 тысяч тенге, в том числе:</w:t>
+      1) доходы - 84 573 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z48" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z63" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 1 764 тысяч тенге;</w:t>
+      налоговые поступления - 1 764 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z49" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z64" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 81 911 тысяч тенге;</w:t>
+      поступления трансфертов - 82 809 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z50" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z65" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 84 245,1 тысяч тенге;</w:t>
+      2) затраты - 85 143,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z51" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z66" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z52" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z67" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z53" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z68" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z54" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z69" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z55" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z70" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z56" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z71" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z57" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z72" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -570,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z58" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z73" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 570,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z59" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z74" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z60" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z75" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      погашение займов - 0; </w:t>
+        <w:t>
+      погашение займов - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z61" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z76" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       используемые остатки бюджетных средств – 570,1 тысяч тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 14.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35/15</w:t>
+        <w:t>№ 37/18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить объем бюджетных субвенций, передаваемых из районного бюджета в бюджет сельского округа Майлытогай на 2025 год в сумме 75 321 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -872,50 +888,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М.Турабаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -949,126 +983,124 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к решению</w:t>
+              <w:t>Шиелі аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шиелийского районного маслихата</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от "26" декабря 2024 года № 25/18</w:t>
+              <w:t>№25/18 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет сельского округа Майлытогай на 2025 год</w:t>
+        <w:t xml:space="preserve"> Майлытоғай ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 14.08.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35/15</w:t>
+        <w:t>№ 37/18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1097,88 +1129,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1209,51 +1241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Класс</w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1310,51 +1342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подкласс</w:t>
+Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1423,51 +1455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -1574,87 +1606,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Доходы</w:t>
-[...35 lines deleted...]
-83 675</w:t>
+1. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84 573</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1752,51 +1784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоговые поступления</w:t>
+Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1930,51 +1962,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подоходный налог</w:t>
+Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2108,51 +2140,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Индивидуальный подоходный налог</w:t>
+Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2286,51 +2318,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалоги на собственность</w:t>
+Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2464,51 +2496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалоги на имущество</w:t>
+Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2642,51 +2674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалог на транспортные средства</w:t>
+Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2820,51 +2852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Единый земельный налог</w:t>
+Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2998,51 +3030,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние налоги на товары, работы и услуги</w:t>
+Тауарларға, жұмыстар мен қызметтерге ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3176,51 +3208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Плата за пользование земельными участками</w:t>
+Жерді пайдалану төлемдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3354,87 +3386,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
-[...35 lines deleted...]
-81 911</w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82 809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3532,87 +3564,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
-[...35 lines deleted...]
-81 911</w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82 809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3710,166 +3742,166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районного (города областного значения) бюджета</w:t>
-[...35 lines deleted...]
-81 911</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82 809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональные группы </w:t>
+Функционалдық топтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3899,51 +3931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональные подгруппы </w:t>
+Функционалдық кіші топтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -4018,51 +4050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Администраторы бюджетных программ</w:t>
+Бюджеттік бағдарламалардың әкімшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -4169,51 +4201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные программы (подпрограммы)</w:t>
+Бюджеттік бағдарламалар (кіші бағдарламалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -4351,51 +4383,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -4533,87 +4565,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Затраты</w:t>
-[...35 lines deleted...]
-84 245,1</w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85 143,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4742,87 +4774,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственные услуги общего характера</w:t>
-[...35 lines deleted...]
-44 035</w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 210,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4951,87 +4983,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
-[...35 lines deleted...]
-44 035</w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 210,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5160,87 +5192,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-44 035</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 210,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5369,87 +5401,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-44 035</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 210,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5578,51 +5610,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Капитальные расходы государственного органа</w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5787,51 +5819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жилищно-коммунальное хозяйство</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5996,51 +6028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Благоустройство населенных пунктов</w:t>
+Елді мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6205,51 +6237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6414,51 +6446,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Освещение улиц населенных пунктов</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6623,51 +6655,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Благоустройство и озеленение населенных пунктов</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6832,87 +6864,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Культура, спорт, туризм и информационное пространство</w:t>
-[...35 lines deleted...]
-25 331</w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7041,87 +7073,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Деятельность в области культуры</w:t>
-[...35 lines deleted...]
-25 331</w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7250,87 +7282,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-25 331</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7459,87 +7491,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поддержка культурно-досуговой работы на местном уровне</w:t>
-[...35 lines deleted...]
-25 331</w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7668,87 +7700,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Транспорт и коммуникации</w:t>
-[...35 lines deleted...]
-12 000</w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 722,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7877,87 +7909,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автомобильный транспорт</w:t>
-[...35 lines deleted...]
-12 000</w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 722,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8086,87 +8118,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-12 000</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 722,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8295,87 +8327,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
-[...35 lines deleted...]
-12 000</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 722,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8504,51 +8536,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8713,51 +8745,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты</w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8922,51 +8954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты</w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9131,51 +9163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9340,51 +9372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9545,51 +9577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Чистое бюджетное кредитование</w:t>
+3. Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9750,51 +9782,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Сальдо по операциям с финансовыми активами</w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9955,51 +9987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Дефицит (профицит) бюджета</w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10160,51 +10192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Финансирование дефицита (использование профицита) бюджета</w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10369,51 +10401,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Используемые остатки бюджетных средств</w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10578,51 +10610,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Остатки бюджетных средств</w:t>
+Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10787,51 +10819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Свободные остатки бюджетных средств</w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10959,68 +10991,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шиелийского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года № 25/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Майлытогай на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -21234,68 +21266,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шиелийского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года № 25/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Майлытогай на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -31470,55 +31502,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>