--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a6ed93d" w14:textId="a6ed93d">
+    <w:p w14:paraId="90da79a" w14:textId="90da79a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -348,386 +348,386 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="1"/>
+    <w:bookmarkStart w:name="z47" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы – 105 087 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z33" w:id="2"/>
+    <w:bookmarkStart w:name="z48" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 8 511 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z34" w:id="3"/>
+    <w:bookmarkStart w:name="z49" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 96 576 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z35" w:id="4"/>
+    <w:bookmarkStart w:name="z50" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) затраты – 114 823,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z36" w:id="5"/>
+    <w:bookmarkStart w:name="z51" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z37" w:id="6"/>
+    <w:bookmarkStart w:name="z52" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z38" w:id="7"/>
+    <w:bookmarkStart w:name="z53" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z39" w:id="8"/>
+    <w:bookmarkStart w:name="z54" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z40" w:id="9"/>
+    <w:bookmarkStart w:name="z55" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z41" w:id="10"/>
+    <w:bookmarkStart w:name="z56" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z42" w:id="11"/>
+    <w:bookmarkStart w:name="z57" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета - -9 736,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z43" w:id="12"/>
+    <w:bookmarkStart w:name="z58" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета – 9 736,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z44" w:id="13"/>
+    <w:bookmarkStart w:name="z59" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z45" w:id="14"/>
+    <w:bookmarkStart w:name="z60" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z46" w:id="15"/>
+    <w:bookmarkStart w:name="z61" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      используемые остатки бюджетных средств – 9 736,1 тысяч тенге.</w:t>
+        <w:t xml:space="preserve">
+      используемые остатки бюджетных средств – 9 736,1 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 14.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/10</w:t>
+        <w:t xml:space="preserve">№ 37/7 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1030,61 +1030,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Байтерек на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 14.03.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/10</w:t>
+        <w:t>№ 37/7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4315,51 +4315,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 927</w:t>
+52 007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4524,51 +4524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 927</w:t>
+52 007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4733,51 +4733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 927</w:t>
+52 007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4942,51 +4942,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 927</w:t>
+52 007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5151,51 +5151,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 927,9</w:t>
+25 667,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5360,51 +5360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 927,9</w:t>
+25 667,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5569,51 +5569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 927,9</w:t>
+25 667,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5987,51 +5987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 17 719</w:t>
+ 17 459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7032,51 +7032,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 075</w:t>
+5 255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7241,51 +7241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 075</w:t>
+5 255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7450,51 +7450,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 075</w:t>
+5 255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7659,51 +7659,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 6 075</w:t>
+5 255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>