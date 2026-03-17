--- v0 (2025-11-09)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="650d6a5" w14:textId="650d6a5">
+    <w:p w14:paraId="8482ab8" w14:textId="8482ab8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,51 +252,68 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 75 Кодекса Республики Казахстан "Бюджетный кодекс Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Шиелийский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет поселка Шиели на 2025-2027 годы согласно приложениям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -331,473 +348,472 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="3"/>
+    <w:bookmarkStart w:name="z81" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления –418 174 тысяч тенге;</w:t>
+      1) доходы – 2 767 343,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z67" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z82" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 262 тысяч тенге;</w:t>
+      налоговые поступления –683 325 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z68" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z83" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 1 883 869,8 тысяч тенге;</w:t>
+      неналоговые поступления – 5 111 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z69" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z84" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) расходы – 2 343 169 тысяч тенге;</w:t>
+      поступления трансфертов – 2 078 907,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z70" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z85" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) чистое бюджетное кредитование - 0; </w:t>
+        <w:t>
+      2) расходы – 2 808 207 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z71" w:id="8"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z86" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) чистое бюджетное кредитование - 0;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z87" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z72" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z88" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z73" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z89" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) сальдо по операциям с финансовыми активами - 0; </w:t>
+        <w:t>
+      4) сальдо по операциям с финансовыми активами - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z74" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z90" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z75" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z91" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z76" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z92" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5)дефицит (профицит) бюджета – - 40 863,2 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 40 863,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z77" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z93" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6)финансирование дефицита (использование профицита) бюджета – 40 863,2 тысяч тенге;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 40 863,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z78" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z94" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z79" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z95" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z80" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z96" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       используемые остатки бюджетных средств – 40 863,2 тысяч тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 14.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Решение Шиелийского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35/2</w:t>
+        <w:t>№ 37/2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить объем бюджетных субвенций, передаваемых из районного бюджета в бюджет поселка Шиели на 2025 год в сумме 619 563 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1001,94 +1017,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шиелийского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года № 25/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Шиели на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 14.08.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Шиелийского районного маслихата Кызылординской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35/2</w:t>
+        <w:t>№ 37/2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1685,51 +1701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 302 305,8</w:t>
+2 767 343,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1863,51 +1879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-418 174</w:t>
+683 325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2041,51 +2057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210 501</w:t>
+467 501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2219,51 +2235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210 501</w:t>
+467 501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2397,51 +2413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195 163</w:t>
+208 278</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2753,51 +2769,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 514</w:t>
+3 069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2931,51 +2947,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-182 679</w:t>
+197 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3109,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 510</w:t>
+7 546</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3287,51 +3303,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 417</w:t>
+5 367</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3465,51 +3481,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93</w:t>
+2 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3643,51 +3659,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-262</w:t>
+5 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4396,51 +4412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4496,88 +4512,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-1 883 869,8</w:t>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4606,51 +4622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4675,87 +4691,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
-[...35 lines deleted...]
-1 883 869,8</w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4816,292 +4832,482 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из районного (города областного значения) бюджета</w:t>
-[...35 lines deleted...]
-1883 869,8</w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...66 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 078 907,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 078 907,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5130,415 +5336,307 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 078 907,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональные группы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональные подгруппы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -5582,392 +5680,248 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администраторы бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные программы (подпрограммы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5985,198 +5939,171 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6226,373 +6153,369 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-365 693,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 808 207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-240 270</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+424 243,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6612,405 +6535,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-125 423,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+424 243,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1 238 795,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+424 243,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7030,196 +6953,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 238 795,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+296 670</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7271,373 +7194,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 238 795,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+127 573,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-186 283</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 625 283,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7657,196 +7580,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-129 002</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 625 283,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7898,373 +7821,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-923 510,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 625 283,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-100 595</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+276 283</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8284,196 +8207,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-100 595</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8525,337 +8448,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-100 595</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 219 998,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Поддержка культурно-досуговой работы на местном уровне</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8879,228 +8802,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-637 245</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 595</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9120,196 +9043,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-637 245</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 595</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9361,373 +9284,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-637 245</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 595</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-15 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+657 245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9747,50 +9670,677 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+657 245</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+657 245</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9892,51 +10442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-622 245</w:t>
+642 245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12729,68 +13279,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шиелийского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года № 25/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Шиели на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23353,68 +23903,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шиелийского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "26" декабря 2024 года № 25/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет поселка Шиели на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -33938,55 +34488,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>