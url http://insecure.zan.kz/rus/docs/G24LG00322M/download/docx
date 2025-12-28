--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2ebf598" w14:textId="2ebf598">
+    <w:p w14:paraId="e774e3f" w14:textId="e774e3f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -348,366 +348,366 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующем объеме:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="1"/>
+    <w:bookmarkStart w:name="z62" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы –100 368,3 тысяч тенге,в том числе:</w:t>
+      1) доходы –100 913,3 тысяч тенге,в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z49" w:id="2"/>
+    <w:bookmarkStart w:name="z63" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления –2 662 тысяч тенге;</w:t>
+      налоговые поступления –3 207,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z50" w:id="3"/>
+    <w:bookmarkStart w:name="z64" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступления- 50,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z51" w:id="4"/>
+    <w:bookmarkStart w:name="z65" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z52" w:id="5"/>
+    <w:bookmarkStart w:name="z66" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 97 656,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z53" w:id="6"/>
+    <w:bookmarkStart w:name="z67" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 101 970,9 тысяч тенге;</w:t>
+      2) затраты – 102 515,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z54" w:id="7"/>
+    <w:bookmarkStart w:name="z68" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z55" w:id="8"/>
+    <w:bookmarkStart w:name="z69" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредит – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z56" w:id="9"/>
+    <w:bookmarkStart w:name="z70" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погащение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z57" w:id="10"/>
+    <w:bookmarkStart w:name="z71" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z58" w:id="11"/>
+    <w:bookmarkStart w:name="z72" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобритение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z59" w:id="12"/>
+    <w:bookmarkStart w:name="z73" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z60" w:id="13"/>
+    <w:bookmarkStart w:name="z74" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – - 1 602,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z61" w:id="14"/>
+    <w:bookmarkStart w:name="z75" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) финансирование дефицита (использование профицита) бюджета – 1 602,6 тысяч тенге.  </w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 1 602,6 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 392</w:t>
+        <w:t>№ 435</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1050,61 +1050,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Манап на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 16.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 392</w:t>
+        <w:t>№ 435</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1548,51 +1548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100 368,3</w:t>
+100 913,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1725,51 +1725,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 662,0</w:t>
+3 207,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1902,51 +1902,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700,0</w:t>
+377,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2079,51 +2079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700,0</w:t>
+377,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2256,51 +2256,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 962,0</w:t>
+2 507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2787,51 +2787,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1644</w:t>
+2 189,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2964,51 +2964,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145,0</w:t>
+467,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4634,51 +4634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101 970,9</w:t>
+102 515,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4811,51 +4811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 506,0</w:t>
+45 051,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4988,51 +4988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 506,0</w:t>
+45 051,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5165,51 +5165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 740,0</w:t>
+42 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>