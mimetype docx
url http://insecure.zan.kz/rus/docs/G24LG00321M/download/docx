--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9645cab" w14:textId="9645cab">
+    <w:p w14:paraId="9207f78" w14:textId="9207f78">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -364,151 +364,151 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующем объеме:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       1)доходы – 135243,0 тысяч тенге,в том числе:</w:t>
+       1) доходы – 136 112,2 тысяч тенге,в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z35" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 10237,0 тысяч тенге;</w:t>
+      налоговые поступления – 13 621,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z36" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      не налоговые поступление – 1406,0 тысяч тенге;</w:t>
+      неналоговые поступление – 1 108,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z37" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0;</w:t>
+      поступления от продажи основного капитала –298,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z38" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов –132600,0 тысяч тенге;</w:t>
+      поступления трансфертов –121 084,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z39" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 141417,8 тысяч тенге;</w:t>
+      2) затраты – 142 287,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z40" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z41" w:id="8"/>
     <w:p>
@@ -604,110 +604,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z46" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -6174,8 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -6 174,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z47" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 6174,8 тысяч тенге.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 6 174,8 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 391</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1008,79 +1008,79 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қыркеңсе ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Бюджет сельского округа Кыркенсе на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 16.07.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения Жанакорганского районного маслихата Кызылординской области от 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 391</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1108,88 +1108,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1219,51 +1219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1338,51 +1338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкі сыныбы</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1488,87 +1488,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Кірістер</w:t>
-[...35 lines deleted...]
-135243</w:t>
+I. ДОХОДЫ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 112,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1665,87 +1665,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық түсімдер</w:t>
-[...35 lines deleted...]
-10237</w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 621,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1841,88 +1841,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-2157</w:t>
+              <w:t xml:space="preserve">
+Подоходный налог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2019,87 +2019,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыс салығы</w:t>
-[...35 lines deleted...]
-2157</w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2196,87 +2196,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
-[...35 lines deleted...]
-8080</w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 625,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2373,87 +2373,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар</w:t>
-[...35 lines deleted...]
-246</w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+246,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2550,87 +2550,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
-[...35 lines deleted...]
-25</w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2727,87 +2727,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық</w:t>
-[...35 lines deleted...]
-6327</w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 327,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2904,87 +2904,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай жер салығы</w:t>
-[...35 lines deleted...]
-1482</w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 027,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3081,87 +3081,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсiмдер</w:t>
-[...35 lines deleted...]
-1406</w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 108,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3258,87 +3258,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік меншіктен түсетін кірістер</w:t>
-[...35 lines deleted...]
-1406</w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+167,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3435,264 +3435,264 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқада салықтық емес түсімдер</w:t>
-[...35 lines deleted...]
-1406</w:t>
+Доходы от сдачи в аренду имущества, находящегося в собственности государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+167,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-123600</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+940,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3712,646 +3712,874 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-123600</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые доходы в местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+940,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...62 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-123600</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+298,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...85 lines deleted...]
-теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+298,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+298,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 084,9</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4369,139 +4597,166 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...87 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 084,9</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4551,484 +4806,300 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-141417,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 084,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-53114,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5057,332 +5128,247 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5400,341 +5386,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-10440</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ЗАТРАТЫ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+142 287,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1242</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 054,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5754,164 +5736,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-304</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 054,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5972,477 +5954,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-12994</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 610,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-24502</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные затраты государственного учреждения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 444,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-24502</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 164,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6462,164 +6444,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-24197</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 164,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6680,300 +6662,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-028</w:t>
-[...71 lines deleted...]
-305</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 866,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2005</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+304,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6993,518 +6975,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-2005</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 994,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2005</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 578,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-48959</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 578,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7524,164 +7506,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-48959</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 273,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7701,164 +7683,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-48959</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7910,301 +7892,309 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение физкультурно- оздравительных и спортивных мероприятии на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и связь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 005,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8224,160 +8214,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
--6174,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 005,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8429,128 +8423,2248 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-6174,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт дорог на улицах поселка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 005,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 443,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 443,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженергной инсфрактуре сельских населенных пунктов в рамках Ауыл Ел бесігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 443,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 41,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных)целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки средств бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджета на конец отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>